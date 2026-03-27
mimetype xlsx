--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1,6312 +1,3123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\leger\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\denicet\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72692542-D87B-44FB-BFC6-E8F3F9B4191E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{65C36598-74E2-4485-B16E-9D050608DDA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4067" uniqueCount="2032">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2851" uniqueCount="1015">
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Catalog</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Art &amp; Creative Expr</t>
   </si>
   <si>
     <t>Civic Lit &amp; Soc Con</t>
   </si>
   <si>
     <t>Environ &amp; Sustain</t>
   </si>
   <si>
     <t>Ethics</t>
   </si>
   <si>
     <t>Human Cult Trad</t>
   </si>
   <si>
     <t>Global Perspect</t>
   </si>
   <si>
     <t>Quant Lit</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>Lab Science</t>
   </si>
   <si>
     <t>Writng Int</t>
   </si>
   <si>
     <t>Capstone</t>
   </si>
   <si>
     <t>FYR Writing</t>
   </si>
   <si>
     <t>See Course Descr</t>
   </si>
   <si>
-    <t>Prequisite Information</t>
-[...7 lines deleted...]
-  <si>
     <t>AED</t>
   </si>
   <si>
     <t xml:space="preserve"> 372</t>
   </si>
   <si>
     <t>Foundations of Art Educ</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
-    <t>AED Major, Soph, ART courses</t>
-[...4 lines deleted...]
-  <si>
     <t>ANT</t>
   </si>
   <si>
     <t xml:space="preserve"> 101</t>
   </si>
   <si>
     <t>Int Ant:Human Origin/Prehist</t>
   </si>
   <si>
-    <t>A survey course focusing on the evolution of humankind, the development of culture, and the beginnings of civilization.  Required for Anthropology majors.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 102</t>
   </si>
   <si>
     <t>Int Ant:Diversity of Cult</t>
   </si>
   <si>
-    <t>A survey course focusing on the nature of culture, similarities and differences among the world's cultures, relationships among cultures, and culture change.  Required for Anthropology majors.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 120</t>
   </si>
   <si>
     <t>Religions of the World</t>
   </si>
   <si>
-    <t>A survey of the distinctive features of the major world religions and the most studied Native American, African and aboriginal Australian religions.  Focuses on the fit between myth and ritual, the problems involved in trying to understand both "from the believer's point of view," and what generalizations can be made about religion in general.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 207</t>
   </si>
   <si>
     <t>Contemporary Archaeology</t>
   </si>
   <si>
-    <t>An overview of the human record as determined by archaeology using examples drawn from the global experience.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 210</t>
   </si>
   <si>
     <t>Biological Anthropology</t>
   </si>
   <si>
-    <t>Introduces current topics in human biology and evolution including human origins and the fossil record, human genetics and population variability, and human and non-human primate behavior.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 213</t>
   </si>
   <si>
     <t>Environmental Anthropology</t>
   </si>
   <si>
-    <t>ANT 102 or SOC 101</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 221</t>
   </si>
   <si>
     <t>Intro to Folklore</t>
   </si>
   <si>
-    <t>A survey of the different genres of folklore, its forms, uses, functions and modes of transmission.  Emphasis on belief, custom and legend.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 225</t>
   </si>
   <si>
     <t>Clim Chg, Societies &amp; Cultures</t>
   </si>
   <si>
-    <t>Soph Stand</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 235</t>
   </si>
   <si>
     <t>Cultural Perceptions of Nature</t>
   </si>
   <si>
-    <t>Examines the concept of nature in a variety of cultural contexts.  Emphasis is on the development of contemporary views and their impacts on environmental management.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 245</t>
   </si>
   <si>
     <t>Sex &amp; Gender Cross-Cult Persp</t>
   </si>
   <si>
-    <t>An exploration into the commonality and diversity of sex and gender roles in cross-cultural perspective and an examination of cultural and bio-social explanations for why such diversity exists.  Foci include contemporary approaches to sex and gender, changing views about men's and women's roles in human evolution, the conditions under which gender roles vary in contemporary societies and the issues surrounding gender equality, power and politics.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 247</t>
   </si>
   <si>
     <t>Animals across Cultures</t>
   </si>
   <si>
-    <t>How do diverse cultures conceptualize and treat non-human animals? How are animals understood and acted upon? Our readings are drawn from anthropology, anthrozoology, the biological sciences, neuroscience, comparative psychology, sociology, history, and science journalism. Cross-cultural and transhistorical comparisons invite us to re-conceptualize how we relate to animals under conditions of human exceptionalism, while providing a deeper sense of agency and urgency in how we reimagine stewardship of our shared and imperiled planet.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 249</t>
   </si>
   <si>
     <t>Religion and Violence</t>
   </si>
   <si>
-    <t>Explores the anthropology of contemporary political violence.  The ethnographic study of terrorism, guerilla warfare, state terror and human rights will be complemented by examination of the ethical and methodological concerns that arise in this special ares of investigation.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 250</t>
   </si>
   <si>
     <t>Cons ANT:Socio-Cul Dim Env Iss</t>
   </si>
   <si>
-    <t>Conservation is fundamentally a socio-cultural problem.  Examines the different types of human/nature relationships that emerge across various cultural, environmental, socio-economic, and political contexts.  Through a comparative approach this course is designed to illustrate how culture is an important variable when creating viable conservation strategies.  Themes covered in class include protected areas, indigenous and traditional knowledge, resource management, market-based conservation, environmental economics, and political ecology.  Case studies: United States, Africa, Australia, Latin America, and Papua New Guinea.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 252</t>
   </si>
   <si>
     <t>Civilization in South Asia</t>
   </si>
   <si>
-    <t>An exploration into the nature of civilization in South Asia, focusing on India. The central religious tradition of Hinduism and the caste order are investigated, with complementary perspectives provided by non-Hindu traditions. The impact of colonialism and development of national identities are also considered. Anthropological views are distinguished from and supplemented by other disciplinary perspectives.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 256</t>
   </si>
   <si>
     <t>Ethnic Conflict</t>
   </si>
   <si>
-    <t>An exploration of ethnic conflict and revival today including a survey of anthropological theories of ethnicity, focusing on ethnic revival in the modern world.  European and other ethnic groups of the industrialized West provide the major cases to be considered.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 260</t>
   </si>
   <si>
     <t>Forensic Anthropology</t>
   </si>
   <si>
-    <t>Provides an introduction to the application of the theory and methods of physical anthropology to medicolegal investigations and problems.  The field consists of four basic topics: 1) human skeletal anatomy, 2) developing a biological profile, 3) the science of decomposition, and 4) forensic anthropology in the court system.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 270</t>
   </si>
   <si>
     <t>Environment Just Move in US</t>
   </si>
   <si>
-    <t>Examines how poor and racialized communities have responded to the incidence, causes, and effects of environmental racism and injustice.  Special attention will be given to how critiques offered by these communities challenge the knowledge and procedural forms of justice embedded in environmental policy and democracy in the United States.  Case studies will be drawn from readings on African-American, European-Americans, Chicano and Latino Americans, and Native Americans.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 464</t>
   </si>
   <si>
     <t>Ecological Anthropology</t>
   </si>
   <si>
-    <t>ANT 102 or ANT 250 or Perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 466</t>
   </si>
   <si>
     <t>Economic Anthropology</t>
   </si>
   <si>
-    <t>ANT 102 or ANT 300 or perm</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 493</t>
   </si>
   <si>
     <t>ANT SR Sem &amp; Cap Research</t>
   </si>
   <si>
-    <t>JRorSR  ANT / HDCC/IAO</t>
-[...4 lines deleted...]
-  <si>
     <t>ARH</t>
   </si>
   <si>
     <t xml:space="preserve"> 100</t>
   </si>
   <si>
     <t>Art &amp; Human Experience</t>
   </si>
   <si>
-    <t>An exploration of the relationships between art and human experience as they exist within historical, cross-cultural and contemporary contexts.  Focus is on specific areas of human experience as they intersect with the creation, understanding and use of visual artifacts.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 111</t>
   </si>
   <si>
     <t>Art History I</t>
   </si>
   <si>
-    <t>ENG 101</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 155</t>
   </si>
   <si>
     <t>Art &amp; Vis Cul Anct &amp; Med World</t>
   </si>
   <si>
-    <t>Introductory survey of painting, sculpture, architecture, and forms of visual and material culture in their various contexts from the Paleolithic and Ancient Worlds to the end of the Middle Ages.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 156</t>
   </si>
   <si>
     <t>Art/Visual Culture Modern Era</t>
   </si>
   <si>
-    <t>Introductory survey of painting, sculpture, architecture, and other forms of visual and material culture in their various contexts from the Renaissance to the present.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 251</t>
   </si>
   <si>
     <t>Classical Art &amp; Architecture</t>
   </si>
   <si>
-    <t>ARH 155</t>
-[...4 lines deleted...]
-  <si>
     <t>Med Med Art &amp; Architecture</t>
   </si>
   <si>
-    <t>An in-depth survey of the art and architecture of the Mediterranean world, including Southern Europe, the Mid-East and northern Africa, from the first decades through the fourteenth century, examines how diverse Christian and Islamic cultures built upon the strong legacy of the Classical world.  The unique artistic visions of each region spawned cross-cultural developments, facilitated by the relative ease of movement that the Mediterranean permitted.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 253</t>
   </si>
   <si>
     <t>No European Med Art/Architect</t>
   </si>
   <si>
-    <t>Surveys the art and architecture of the major civilizations of Northern Europe that developed there from the fourth century through the fifteenth, including the Carolingian, Ottonian, Romanesque and Gothic eras, focussing upon the diversity of particular cultural identities and their interrelationships among one another and the Mediterranean cultures with which they interacted.  Offered in 3-year rotation.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 255</t>
   </si>
   <si>
     <t>Italian Renaissance Art</t>
   </si>
   <si>
-    <t>ARH 156</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 257</t>
   </si>
   <si>
     <t>Northern Renaissance Art</t>
   </si>
   <si>
-    <t>ARH 156 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 258</t>
   </si>
   <si>
     <t>Baroque Art &amp; Architecture</t>
   </si>
   <si>
-    <t>Surveys the art and architecture of the Baroque era in Southern and Northern Europe, along with their settlements in the Americas, focus on the major shifts in the European world outlook.  The course investigates how the art of the period reflects the rise of strong national identities, radically shifting political powers, growing colonialism around the globe, religious reformation and increased interests in empirical knowledge and scientific inquiry. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 261</t>
   </si>
   <si>
     <t>19th Century European Art</t>
   </si>
   <si>
-    <t>This topical survey of European visual arts from 1700 to 1900 looks to the broader political, social and cultural contexts of the era.  This class considers movements in art from Romanticism to Symbolism and Post-Impressionism.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 264</t>
   </si>
   <si>
     <t>Themes &amp; Issues in Contemp Art</t>
   </si>
   <si>
-    <t>Surveys the major topical themes in Western and non-western art from ca. 1980 to the present (including identity and body politics, globalization, the environment, millennialism, and violence and terror).  The course also examines the theoretical discourses and "issues" - raised by artists, art historians, critics, philosophers, and politicians - that attend visual representation during this period.  Among those "issues" are postmodern discourse, the politics of display, the art market, and notions of originality and ownership.  Various media are examined, including painting, printmaking, photography, video, film, and digital forms.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 265</t>
   </si>
   <si>
     <t>American Art</t>
   </si>
   <si>
-    <t>Survey of painting, sculpture, architecture, and other forms of visual and material culture in the United States from 1776-1945.</t>
-[...1 lines deleted...]
-  <si>
     <t>Topical Survey Hist of Art</t>
   </si>
   <si>
-    <t>Surveys the historical artifacts and monuments of culture not covered by the regular rotation of Department offerings, such as those by African, Asian or Pre-Columbian peoples.  Students may repeat this course for credit to study different cultures. 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 369</t>
   </si>
   <si>
     <t>Film &amp; Video Theory Seminar</t>
   </si>
   <si>
-    <t>Topics in film and video theory, with attention to their critical language, philosophical underpinnings, and social contexts, worked through in terms of select examples.  Students define their own research projects, work with them over the course of the semester, present them within the forum of the seminar, and develop them as major papers.  Topics vary each semester.
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 451</t>
   </si>
   <si>
     <t>Art Theory &amp; Criticism</t>
   </si>
   <si>
-    <t>200 level ARH course or perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 452</t>
   </si>
   <si>
     <t>Critical Methods in Hty of Art</t>
   </si>
   <si>
-    <t>This seminar immerses students within the historiography of History of Art, making them familiar with the philosophical underpinnings, historical context, rhetorical tones, critical vocabularies and intended goals of each investigative strategy.  The exploration of the various methodological approaches that the field has supported includes: Connoisseurship, Iconography, Reception Theory, Marxism, Feminism, Deconstruction, Visual Linguistics and perhaps other emerging schemes.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 460</t>
   </si>
   <si>
     <t>Topics in Art History</t>
   </si>
   <si>
-    <t>Any 200-level ARH  &amp; perm</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 461</t>
   </si>
   <si>
     <t>19th Century Art Research Sem</t>
   </si>
   <si>
-    <t>ARH 261/262/263/264/265</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 492</t>
   </si>
   <si>
     <t>Baroque Research Seminar</t>
   </si>
   <si>
-    <t>ARH courses</t>
-[...5 lines deleted...]
-  <si>
     <t>Medieval Rsch Seminar</t>
   </si>
   <si>
-    <t>Focus on special topics selected by the instructor in the field of Medieval History of Art.  Students will define and research their own individual projects, present them within the forum of the seminar, with the aim of delivering them at a professional conference and bring them to fruition as publishable papers.  
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 494</t>
   </si>
   <si>
     <t>Renaissance Rsch Seminar</t>
   </si>
   <si>
-    <t>Focus on special topics selected by the instructor in the field of Renaissance History of Art.  Students will define and research their own individual projects, present them within the forum of the seminar, with the aim of delivering them at a professional conference and bring them to fruition as publishable papers.  
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 495</t>
   </si>
   <si>
     <t>Modern/Post-Modern Seminar</t>
   </si>
   <si>
-    <t>An advanced examination of major theoretical tendencies in modern and contemporary visual art, this seminar stresses connections with the other arts and various conceptual frames, such as Marxism, existentialism, structuralism and post-structuralism.  Entails intensive reading, research and writing on selected topics that vary semester to semester.  
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 499</t>
   </si>
   <si>
     <t>Capstone Exp Hist of Art</t>
   </si>
   <si>
-    <t>As a guided practicum, this course will have senior majors draw from the full breadth of their undergraduate experiences in the History of Art.  Requires students to research a focused project developed from primary source materials, in an investigation that will result in a professional presentation, namely a publishable paper, a public lecture, a museum show or an equivalent.</t>
-[...1 lines deleted...]
-  <si>
     <t>ART</t>
   </si>
   <si>
     <t>Drawing I</t>
   </si>
   <si>
-    <t>The fundamentals of drawing through creative exercises exploring the principles of line, value, texture, space, and form.  Examines various media and their relationship to expression and composition.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 106</t>
   </si>
   <si>
     <t>Art Fundamentals</t>
   </si>
   <si>
-    <t>Students learn the elements and principles of 2 and 3-dimensional design through hands-on practice in this introductory course.  Studio sessions include drawing, painting, printmaking, mixed media, assemblage and construction.  Class discussions include topics in Western and non-Western art, critical assessment of work, aesthetics, art media and materials usage.  This course partially satisfies the University Core requirements in fine art studio and is a prerequisite to all other studio offerings.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 110</t>
   </si>
   <si>
     <t>2-D Design</t>
   </si>
   <si>
-    <t>Fundamentals of basic design through studio experience.  Covers analysis of design, composition and basic perceptual and aesthetic aspects of color.  Uses a series of problems that explore the areas listed above.</t>
-[...1 lines deleted...]
-  <si>
     <t>3-D Design</t>
   </si>
   <si>
-    <t>An introduction to the fundamentals of three dimensional design including volume, mass, line, plane, space and time.  Uses a series of problems that explore the areas listed above.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 180</t>
   </si>
   <si>
     <t>Photography I</t>
   </si>
   <si>
-    <t>A studio art course that explores the fundamentals of black-and-white photography.
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 182</t>
   </si>
   <si>
     <t>Photography &amp; Digital Imaging</t>
   </si>
   <si>
-    <t>A studio art course that explores the fundamentals of digital photography. Students
-[...2 lines deleted...]
-  <si>
     <t>Ceramics I</t>
   </si>
   <si>
-    <t>An introduction to the tools, processes and aesthetics of ceramics.  Provides students with hands-on experience and understandings of the characteristics and demands of the medium of ceramics using basic hand building and/or throwing methods for the expression of ideas and feeling.  Students will learn basic hand building and/or throwing techniques to design, make and decorate vessels and other ceramic objects.</t>
-[...1 lines deleted...]
-  <si>
     <t>Digital Art I</t>
   </si>
   <si>
-    <t>ART 110</t>
-[...4 lines deleted...]
-  <si>
     <t>Studio Art Senior Capstone</t>
   </si>
   <si>
-    <t>Standing-Junior</t>
-[...4 lines deleted...]
-  <si>
     <t>AST</t>
   </si>
   <si>
     <t xml:space="preserve"> 109</t>
   </si>
   <si>
     <t>Introduction to Astronomy</t>
   </si>
   <si>
-    <t>A descriptive survey of astronomy including contemporary views of the universe.  Topics include the solar system, stars, galaxies, black holes, quasars, and cosmology.  May be taken without AST 110.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Astronomy Lab</t>
   </si>
   <si>
-    <t>AST 109</t>
-[...4 lines deleted...]
-  <si>
     <t>AVS</t>
   </si>
   <si>
     <t xml:space="preserve"> 145</t>
   </si>
   <si>
     <t>Introduction to Animal Science</t>
   </si>
   <si>
-    <t>AVS,ZOL, SAG, SFS majors</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 211</t>
   </si>
   <si>
     <t>Intro to Aquaculture</t>
   </si>
   <si>
-    <t>BIO 100</t>
-[...4 lines deleted...]
-  <si>
     <t>Lab &amp; Companion Animal Science</t>
   </si>
   <si>
-    <t>C- AVS 145; Sophomore Standing</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 254</t>
   </si>
   <si>
     <t>Intro Animal Microbiomes</t>
   </si>
   <si>
-    <t>BIO/BMB/SMS or permission</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 346</t>
   </si>
   <si>
     <t>Dairy Cattle Management</t>
   </si>
   <si>
-    <t>C- in AVS 145</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 401</t>
   </si>
   <si>
     <t>Capstone Animal Sci I</t>
   </si>
   <si>
-    <t>Jr Stand &amp;  ENG 315 or ENG 317</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 402</t>
   </si>
   <si>
     <t>Capstone in Animal Science II</t>
   </si>
   <si>
-    <t>AVS 401, ENG 315/317; permiss</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 454</t>
   </si>
   <si>
     <t>DNA Sequencing Analysis Lab</t>
   </si>
   <si>
-    <t>AVS/BIO/BMB/WLE/SMS/STS or Per</t>
-[...4 lines deleted...]
-  <si>
     <t>BCS</t>
   </si>
   <si>
     <t>Senior Project/Capstone Exper</t>
   </si>
   <si>
-    <t>This course is the capstone experience for a student in the BCS program.  It can take the form of a portfolio, a research project or some other equivalent experience.  It is intended to be the method through which the student clearly demonstrates the linkage between their objectives and the academic work in their self-designed concentration.  It is expected to be a culminating, integrative experience.  The student presents their work to the appropriate campus audience.
-[...2 lines deleted...]
-  <si>
     <t>BEN</t>
   </si>
   <si>
     <t>Intro to Biomedical Egr I</t>
   </si>
   <si>
-    <t>Standing-First -Year Only</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 361</t>
   </si>
   <si>
     <t>Biomedical Engineering Lab I</t>
   </si>
   <si>
-    <t>C-  in BEN202,PHY122,MAT258</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 363</t>
   </si>
   <si>
     <t>Biomedical Erg Lab II</t>
   </si>
   <si>
-    <t>C- in BEN 361/401/403,ECE 209</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 477</t>
   </si>
   <si>
     <t>Elmts Biomed Egr Design</t>
   </si>
   <si>
-    <t>Jr/Sr  in BIE; or Sr. BIE-MIN</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 478</t>
   </si>
   <si>
     <t>Biomed Engr Design I</t>
   </si>
   <si>
-    <t>C-  BEN 363&amp;403,concur BEN 47</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 479</t>
   </si>
   <si>
     <t>Biomedical Engr Design II</t>
   </si>
   <si>
-    <t>BEN 477 and 478</t>
-[...5 lines deleted...]
-  <si>
     <t>Special Biomed Egr Dsgn Prj</t>
   </si>
   <si>
-    <t>A supervised design experience where students select and design components and systems for specified engineering projects.  Requires the student to demonstrate his or her ability to understand and apply scientific principles and engineering knowledge to the solution of real life problems.</t>
-[...1 lines deleted...]
-  <si>
     <t>Biomedical Engineering Seminar</t>
   </si>
   <si>
-    <t>Major- BEN w/ senior standing</t>
-[...5 lines deleted...]
-  <si>
     <t>BIO</t>
   </si>
   <si>
     <t>Basic Biology</t>
   </si>
   <si>
-    <t>An introduction to the following fundamental topics in biology: the structure and function of cells, the molecular basis and mechanisms of genetic inheritance, concepts in evolution, mechanisms of metabolism, and ecology. Open to students in all colleges, though students who need it to satisfy program requirements will have priority. Credit cannot be earned for both BIO 100 and BIO 117.
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 117</t>
   </si>
   <si>
     <t>This is Life!</t>
   </si>
   <si>
-    <t>This introductory course in general biology for both majors and non-majors is organized around the characteristics of life.  Topics covered include cellularity, homeostasis, growth, development, reproduction, genetics, response to stimuli, ecology and evolution.  The inquiry-based laboratory provides opportunities for students to participate in hands-on investigations into these topics.   Credit cannot be earned for both BIO 100 and BIO 117.
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 122</t>
   </si>
   <si>
     <t>Biology: The Living Science</t>
   </si>
   <si>
-    <t>BIO 122 &amp; BIO 100</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 123</t>
   </si>
   <si>
     <t>Biology: the Living Sci Lab</t>
   </si>
   <si>
-    <t>BIO 122 or Concurrently</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 200</t>
   </si>
   <si>
     <t>Biology of Organisms</t>
   </si>
   <si>
-    <t>Min of C- in BIO 100</t>
-[...2 lines deleted...]
-    <t>Introduces functions (physiology) and structures (anatomy, morphology) of animals and plants stressing basic physiological processes and adaptations to the environment.  Equal attention is given to plants and animals.</t>
+    <t xml:space="preserve"> 215</t>
+  </si>
+  <si>
+    <t>Applied Stats  for Biologist</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 239</t>
+  </si>
+  <si>
+    <t>Biostatistics</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 240</t>
+  </si>
+  <si>
+    <t>Intro to Bioethics</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244</t>
+  </si>
+  <si>
+    <t>ScientificWriting/Presentation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 388</t>
+  </si>
+  <si>
+    <t>Research Capstone in Biology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 392</t>
+  </si>
+  <si>
+    <t>Indep Stdy Capstone in Biology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400</t>
+  </si>
+  <si>
+    <t>Bio Sci Writing Intensive</t>
+  </si>
+  <si>
+    <t>Capstone Experience Bio Sci</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 410</t>
+  </si>
+  <si>
+    <t>Senior Seminar in Biology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 415</t>
+  </si>
+  <si>
+    <t>Senior Thesis-Biolog Research</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 416</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 431</t>
+  </si>
+  <si>
+    <t>Emerging Infectious Diseases</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 438</t>
+  </si>
+  <si>
+    <t>Morphogenesis Develp &amp; Disease</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 439</t>
+  </si>
+  <si>
+    <t>Integrated Pest Management</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 450</t>
+  </si>
+  <si>
+    <t>Histology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 476</t>
+  </si>
+  <si>
+    <t>Paleoecology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 480</t>
+  </si>
+  <si>
+    <t>Cell Biology</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 483</t>
+  </si>
+  <si>
+    <t>Cell Biology Lab</t>
+  </si>
+  <si>
+    <t>BIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 468</t>
+  </si>
+  <si>
+    <t>IS Strategy &amp; Security Mgmt</t>
+  </si>
+  <si>
+    <t>BMB</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 150</t>
+  </si>
+  <si>
+    <t>Phage Genome Discovery I</t>
+  </si>
+  <si>
+    <t>Fundamentals of Chemistry</t>
   </si>
   <si>
     <t xml:space="preserve"> 208</t>
   </si>
   <si>
-    <t>Anatomy &amp; Physiology</t>
-[...252 lines deleted...]
-  <si>
     <t>Elem Physiological Chemistry</t>
   </si>
   <si>
-    <t>BMB 207 or CHY 121</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve"> 209</t>
   </si>
   <si>
     <t>Fundamentals of Chemistry Lab</t>
   </si>
   <si>
-    <t>BMB 207 or concurrently</t>
-[...4 lines deleted...]
-  <si>
     <t>Elem Physiological Chem Lab</t>
   </si>
   <si>
-    <t>BMB 208; BMB 209</t>
-[...6 lines deleted...]
-  <si>
     <t>Advanced Biochemistry</t>
   </si>
   <si>
-    <t>BMB 360 &amp; CHY 252 or Permiss</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 491</t>
   </si>
   <si>
     <t>Biochem, Micro &amp; Mol Bio Rsch</t>
   </si>
   <si>
-    <t>Graduate or Senior or perm</t>
-[...4 lines deleted...]
-  <si>
     <t>CAN</t>
   </si>
   <si>
     <t>Intro to Canadian Studies</t>
   </si>
   <si>
-    <t>Acquaints students with varied aspects of the Canadian experience: society, culture, history, native peoples, environment, education, technology, economy and diplomacy.  Participating faculty include Canadian-American Center staff, visiting scholars from Canada and the United States, and faculty members from UM Colleges.  Course includes an optional field trip to Canada.</t>
-[...1 lines deleted...]
-  <si>
     <t>CET</t>
   </si>
   <si>
     <t xml:space="preserve"> 356</t>
   </si>
   <si>
     <t>Construction Project Admin</t>
   </si>
   <si>
-    <t>ENG 317; Jr Stand or perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 412</t>
   </si>
   <si>
     <t>Sustainable Building Design</t>
   </si>
   <si>
-    <t>Stand-Jr</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 458</t>
   </si>
   <si>
     <t>SL: Management of Construction</t>
   </si>
   <si>
-    <t>CET202/224/360 CTE Mjr or perm</t>
-[...5 lines deleted...]
-  <si>
     <t>CHE</t>
   </si>
   <si>
     <t>Intro Chemical Engineering I</t>
   </si>
   <si>
-    <t>An introduction to the profession of chemical engineering through a series of speakers, tours, presentations and projects.  The development of teaming and oral presentation skills are emphasized.</t>
-[...1 lines deleted...]
-  <si>
     <t>Chemical Eng Lab I</t>
   </si>
   <si>
-    <t>CHE 352 and CHE 360 or per</t>
-[...4 lines deleted...]
-  <si>
     <t>Chemical Eng Design Projects</t>
   </si>
   <si>
-    <t>CHE 477 &amp; 478</t>
-[...5 lines deleted...]
-  <si>
     <t>Chemical Engineering Seminar</t>
   </si>
   <si>
-    <t>Major- CHE, w/ Senior standing</t>
-[...4 lines deleted...]
-  <si>
     <t>CHF</t>
   </si>
   <si>
     <t>Family Interaction</t>
   </si>
   <si>
-    <t>Interpersonal dynamics of dating, courtship, mate selection, and the development of family life.  Changing patterns of personal interactions within the family life cycle and a pluralistic society.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 201</t>
   </si>
   <si>
     <t>Intro Child Development</t>
   </si>
   <si>
-    <t>Influences on human development from conception through middle childhood.  Theoretical perspectives, empirical evaluation and practical implications.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 351</t>
   </si>
   <si>
     <t>Human Sexuality</t>
   </si>
   <si>
-    <t>Discusses sexuality and its social implications against a background of constantly changing sexual mores, sex role development, alternative conceptualizations of sexuality, and implications for future trends in human interaction.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 423</t>
   </si>
   <si>
     <t>Prof Sem Child Dev &amp; Fam Rel</t>
   </si>
   <si>
-    <t>Major-CHF &amp; Standing-Senior</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 424</t>
   </si>
   <si>
     <t>Prof Sem Early Chld Spec</t>
   </si>
   <si>
-    <t>CHF 421</t>
-[...4 lines deleted...]
-  <si>
     <t>CHY</t>
   </si>
   <si>
     <t xml:space="preserve"> 104</t>
   </si>
   <si>
     <t>Chemistry of Food &amp; Cooking</t>
   </si>
   <si>
-    <t>A non-mathematical approach to basic chemistry and chemical principles using food and cooking as the common theme.  During the course of the semester, we will use different food and cooking topics to explore a variety of themes in chemistry. Emphasis will be placed on understanding why and how something works in a laboratory and the application to the "real world", in this case, the kitchen. The lab will complement the course by providing hands-on experience with topics covered in lecture and by emphasizing the scientific method through examination of food and cooking.  Lec 3, Lab 1
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 121</t>
   </si>
   <si>
     <t>General Chemistry I</t>
   </si>
   <si>
-    <t>C or better in MAT or MPE</t>
-[...4 lines deleted...]
-  <si>
     <t>General Chemistry II</t>
   </si>
   <si>
-    <t>C- CHY 121/123 Coreq 124</t>
-[...4 lines deleted...]
-  <si>
     <t>General Chemistry Laboratory I</t>
   </si>
   <si>
-    <t>Corequisite of CHY 121</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 124</t>
   </si>
   <si>
     <t>Gen Chem Lab II</t>
   </si>
   <si>
-    <t>C- CHY 121/123 &amp; Coreq CHY 122</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 393</t>
   </si>
   <si>
     <t>Undergrad Sem in Chemistry</t>
   </si>
   <si>
-    <t>Maj-CHY; C- CHY 122 and 298</t>
-[...5 lines deleted...]
-  <si>
     <t>Adv Integrated Laboratory I</t>
   </si>
   <si>
-    <t>C in CHY 342, 261, 254, 471</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 498</t>
   </si>
   <si>
     <t>Undergraduate Research</t>
   </si>
   <si>
-    <t>CHY 298</t>
-[...6 lines deleted...]
-  <si>
     <t>Undergraduate Thesis</t>
   </si>
   <si>
-    <t>CHY 498; Senior Standing</t>
-[...5 lines deleted...]
-  <si>
     <t>CIE</t>
   </si>
   <si>
     <t>Sustain in Engineering</t>
   </si>
   <si>
-    <t>Introduction to sustainability and sustainable development concepts; role of engineers in sustainable development; ethical dimension of sustainable development-engineers, technology and ethics; measuring sustainability; green and sustainable materials; engineers as problem solvers and curators of the planet.  No specialized background in engineering, sciences or social sciences is required.</t>
-[...1 lines deleted...]
-  <si>
     <t>Transportation Engineering</t>
   </si>
   <si>
-    <t>MAT 126 and CIE Major or perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 366</t>
   </si>
   <si>
     <t>Soil Mechanics Laboratory</t>
   </si>
   <si>
-    <t>Major-CIE; Co-CIE 365</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 411</t>
   </si>
   <si>
     <t>SL: Engineering Project Design</t>
   </si>
   <si>
-    <t>CIE 413</t>
-[...4 lines deleted...]
-  <si>
     <t>Engineering Decisions</t>
   </si>
   <si>
-    <t>Sr Standing; CIE 413 co-req</t>
-[...4 lines deleted...]
-  <si>
     <t>CLA</t>
   </si>
   <si>
     <t>Greek Lit in Eng Translation</t>
   </si>
   <si>
-    <t>A survey of Greek literature.  No knowledge of Greek is necessary.</t>
-[...1 lines deleted...]
-  <si>
     <t>Latin Lit in Eng Translation</t>
   </si>
   <si>
-    <t>A survey of Latin literature.  No knowledge of Latin is necessary.</t>
-[...1 lines deleted...]
-  <si>
     <t>CMJ</t>
   </si>
   <si>
     <t>Intro to Media Studies</t>
   </si>
   <si>
-    <t>Introduces the structure and operation of mass media and the social, political and economic implications of their activities.</t>
-[...1 lines deleted...]
-  <si>
     <t>Comm for Resilience and Connx</t>
   </si>
   <si>
-    <t>How do we navigate conflict, stay true to ourselves, honor difference, and create a sense of belonging all at the same time? How do we work effectively on diverse teams? How do we present ideas with impact and cultural relevance? These are the central big questions you will have a chance to explore in this class through the lenses of interpersonal communication theories and case studies. This class is not about ¿the one right answer¿ to these questions; rather it is about developing your competencies to find an appropriate answer for yourself in a given context, as well as growing your confidence to follow through. Participation in research to a maximum of 3 hours is expected.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 103</t>
   </si>
   <si>
     <t>Public Speaking</t>
   </si>
   <si>
-    <t>The nature and problems of public speech communication, with practical experience in representative speaking situations.  Participation in research to a maximum of 3 hours is expected.</t>
-[...1 lines deleted...]
-  <si>
     <t>Storytelling</t>
   </si>
   <si>
-    <t>An introduction to storytelling as a communication practice in daily life.  Emphasis is on gaining greater sensitivity and expressiveness as a communicator.  Participation in research to a maximum of 3 hours is expected.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 107</t>
   </si>
   <si>
     <t>Communication &amp; Environment</t>
   </si>
   <si>
-    <t>This course provides an overview of the field of Environmental Communication.  Students survey a range of disciplinary approaches including environmental journalism and media, science communication and participation, and public participation and decision making in environmental conflicts.</t>
-[...1 lines deleted...]
-  <si>
     <t>Introduction to Journalism</t>
   </si>
   <si>
-    <t>Introduces the profession and practice of  journalism professional: responsibility and commitment to truthful, accurate, and fact-based reporting that serves the public interest. Students will be introduced to a general history of journalism in America while learning basic news values, journalistic ethics, reporting fundamentals, story types, and journalistic style.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 136</t>
   </si>
   <si>
     <t>Journalism Writing and Editing</t>
   </si>
   <si>
-    <t>Intensive introduction to news writing and editing, with emphasis on accuracy, style, as well as grammar, spelling and usage.  Students must earn a C- or better in CMJ 136  to continue taking professional courses in the Journalism Major.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rhetorical Theory</t>
   </si>
   <si>
-    <t>Introduction to historical and philosophical approaches to the study of communication.  The course examines communication from the classical, modern and contemporary perspectives, with specific attention to the rhetorical theorists and theories that have been dominant in the history of communication.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 202</t>
   </si>
   <si>
     <t>CommunicationTheory</t>
   </si>
   <si>
-    <t>Introduction to social science approaches in communication studies.  The course examines communication theories and models, the function of language and symbolic behavior in society and culture, and the nature of interaction and interpretation.  Not open to first-year students.</t>
-[...1 lines deleted...]
-  <si>
     <t>Journalism and Media History</t>
   </si>
   <si>
-    <t>Surveys the structures of journalistic media and the social history of journalism's roles, technologies and processes, with emphasis on interactions with political, economic and cultural institutions and the social implications of media activities.</t>
-[...1 lines deleted...]
-  <si>
     <t>Photo Report &amp; Storytelling</t>
   </si>
   <si>
-    <t>Introduces journalistic and photographic skills needed for visual and written competency that can be applied to print and online image production and editing.  Teaches both technical and professional standards of producing quality news and feature photographs in the context of photojournalism history and ethical issues.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 332</t>
   </si>
   <si>
     <t>Pub Affairs Report &amp; Research</t>
   </si>
   <si>
-    <t>C- or higher in CMJ 136</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 347</t>
   </si>
   <si>
     <t>Argument &amp; Critical Thinking</t>
   </si>
   <si>
-    <t>6 credits of CMJ</t>
-[...4 lines deleted...]
-  <si>
     <t>Speech, Space, Event:Crit App</t>
   </si>
   <si>
-    <t>6 cr CMJ &amp; CMJ 201</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 407</t>
   </si>
   <si>
     <t>SL - Advanced Topics in Comm</t>
   </si>
   <si>
-    <t>6 cr. CMJ &amp; CMJ 107/221/222</t>
-[...4 lines deleted...]
-  <si>
     <t>ComSHER</t>
   </si>
   <si>
-    <t>CMJ 201 or 202; 6 credits CMJ</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 418</t>
   </si>
   <si>
     <t>Communication of Science</t>
   </si>
   <si>
-    <t>Explores the structure, meanings, and implications of science communication with public audiences. Introduces current research in the field, and examines the diverse contexts in which communication about science occurs, from the news media, to museums, to movies. Considers the motivations of and constraints on people involved in producing information about science for nonprofessional audiences.</t>
-[...1 lines deleted...]
-  <si>
     <t>Digital Rhetoric</t>
   </si>
   <si>
-    <t>6 cr CMJ and CMJ 221 or 222</t>
-[...4 lines deleted...]
-  <si>
     <t>Capstone Seminar in Media Stud</t>
   </si>
   <si>
-    <t>JR or SR Media Studies Mjrs</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 489</t>
   </si>
   <si>
     <t>Sem Media Ethics &amp; Issues</t>
   </si>
   <si>
-    <t>C-CMJ 136, JR/SR, JOR</t>
-[...4 lines deleted...]
-  <si>
     <t>Advanced Topics in Com</t>
   </si>
   <si>
-    <t>This is an advanced topics course in communication. The topic will address contemporary issues in communication and society and vary depending on the semester and instructor. Students will build from the communication theory and methods introduced in previous CMJ courses and apply these concepts and techniques to communication topics like leadership, organizational change, sustainability, gender and communication, health disparities and equity, and more. Students will also practice effective communication in professional settings.</t>
-[...1 lines deleted...]
-  <si>
     <t>CMY</t>
   </si>
   <si>
     <t>Downeast Documentary</t>
   </si>
   <si>
-    <t>This course provides the basics of video production, incorporating both lecture and laboratory experience.  Students will learn about shot composition, sound, lighting, and editing, all from a digital video format.  Students will produce and edit several projects from a variety of media formats, depending on the interests of the student.</t>
-[...1 lines deleted...]
-  <si>
     <t>COE</t>
   </si>
   <si>
     <t xml:space="preserve"> 403</t>
   </si>
   <si>
     <t>Internship &amp; Prof Seminar</t>
   </si>
   <si>
-    <t>Jr level in Creative Arts</t>
-[...4 lines deleted...]
-  <si>
     <t>COS</t>
   </si>
   <si>
     <t>Coding for Everyone</t>
   </si>
   <si>
-    <t>This course introduces computer programming within a specific application domain, with the domain topic changing semester to semester.  Possible applications might include Mobile App development, Data Science, Social Media, Geographic Data, Design, or Life Science. The development process for computer programs will be explored with the goal of creating concrete programs to solve real problems.  The course will also cover fundamental computer programming concepts, such as variables, functions, loops, conditionals, input/output, and data types.  No prior programming experience is expected.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 125</t>
   </si>
   <si>
     <t>Intro Pr Solv Using Comp Prog</t>
   </si>
   <si>
-    <t>C MAT 111 or 61 on ALEKS</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 397</t>
   </si>
   <si>
     <t>Comp Sci Capstone 1</t>
   </si>
   <si>
-    <t>COS 420 and Senior Standing</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 490</t>
   </si>
   <si>
     <t>Computers, Ethics &amp; Society</t>
   </si>
   <si>
-    <t>C- COS 226 &amp; Jr Stand or perm</t>
-[...4 lines deleted...]
-  <si>
     <t>Field Experience</t>
   </si>
   <si>
-    <t>COS 301, 420, 431 w/ a C</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 497</t>
   </si>
   <si>
     <t>Comp Sci Capstone 2</t>
   </si>
   <si>
-    <t>Sr Stand / COS Major / COS 397</t>
-[...5 lines deleted...]
-  <si>
     <t>Senior Project</t>
   </si>
   <si>
-    <t>An undergraduate research project in computer science under the direction of an approved advisor.  An individual or small group will work on the conception, design and implementation of a significant computer science project.  A presentation, open to interested faculty, staff and students may be required at the completion of the project.</t>
-[...1 lines deleted...]
-  <si>
     <t>CRJ</t>
   </si>
   <si>
     <t xml:space="preserve"> 114</t>
   </si>
   <si>
     <t>Survey of Criminal Justice</t>
   </si>
   <si>
-    <t>This course is designed to provide an overview of the justice process and the criminal justice system in general. Concepts of crime, deviance and justice will be discussed. Individual rights in a democratic society will be explored, as will the legal definitions of various crimes.  The law enforcement, judicial, juvenile justice and corrections subsystems will also be explored, and a number of reform proposals presented.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ethics in Criminal Justice</t>
   </si>
   <si>
-    <t>This course examines current issues of ethics in criminal justice.  The major focus is to develop a general understanding of ethics, decision-making, actions and thought processes within the criminal justice system.  This course will include law enforcement scenarios and allow students to make their own decisions and justify them while staying within the boundaries of the law and professional codes of ethics.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 224</t>
   </si>
   <si>
     <t>Criminal Courts</t>
   </si>
   <si>
-    <t>CRJ 114</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 293</t>
   </si>
   <si>
     <t>Statistical Reasoning</t>
   </si>
   <si>
-    <t>CRJ 290 or SOC 290</t>
-[...4 lines deleted...]
-  <si>
     <t>CSD</t>
   </si>
   <si>
     <t xml:space="preserve"> 130</t>
   </si>
   <si>
     <t>Intro Commun Sci &amp; Disorders</t>
   </si>
   <si>
-    <t>A survey of disorders of speech, language, hearing and swallowing with particular attention to the lived experiences of people with communication impairment as representative of human biological/neurological, linguistic and cultural diversity.  Emphasis on exploring the nature of communication impairments and differences across communities (e.g., individuals with autism, Deaf or hard of hearing) and the lifespan.</t>
-[...1 lines deleted...]
-  <si>
     <t>Senior Capstone: Research Proc</t>
   </si>
   <si>
-    <t>Majors CSD;Sr;9 hrs 3XX or 4XX</t>
-[...4 lines deleted...]
-  <si>
     <t>DAN</t>
   </si>
   <si>
     <t>Beginner Modern Dance I</t>
   </si>
   <si>
-    <t>Fundamental concepts and practice of modern dance technique: body alignment, stretch/strengthening, movement vocabulary, body coordination, musicality and spatial awareness.  For the general student at the beginning dance level.  Previous dance training.  May be repeated for credit for a total of 9  completions with 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginner Ballet I</t>
   </si>
   <si>
-    <t>An introduction to classical ballet dance training.  Traditional exercises at the barre and on center floor emphasize body placement, flow of energy, and the creation of expressive movement in space.  For the performing artist or general student.  May be repeated for credit for a total of 9 completions and 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginner Jazz I</t>
   </si>
   <si>
-    <t>Fundamentals of jazz dance technique with emphasis on body alignment, coordination and movement vocabulary.  Preparation for expressive movement in relation to modern jazz music.  May be repeated for credit for a total of 9 completions and 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 105</t>
   </si>
   <si>
     <t>Beginner Tap</t>
   </si>
   <si>
-    <t>Teaches the fundamentals of Rhythm tap and Broadway Styles technique with emphasis on body alignment, flexibility, strength, rhythm, coordination and movement vocabulary.  Expressive movement is encouraged.  May be repeated for credit for a total of 9 completions and 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginner Modern Dance II</t>
   </si>
   <si>
-    <t>DAN 101</t>
-[...4 lines deleted...]
-  <si>
     <t>Beginner Ballet II</t>
   </si>
   <si>
-    <t>DAN 102</t>
-[...4 lines deleted...]
-  <si>
     <t>Beginner Jazz II</t>
   </si>
   <si>
-    <t>DAN 103</t>
-[...4 lines deleted...]
-  <si>
     <t>Ballroom &amp; World Dance Forms</t>
   </si>
   <si>
-    <t>From swing to salsa and waltz to tango, basic social and Latin dance, with emphasis on alignment, coordination, and movement vocabulary.  Additional exposure to Afro-Caribbean roots of today's dance forms.  May be repeated for credit for a total of 9 completions and 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 205</t>
   </si>
   <si>
     <t>Intermediate Tap</t>
   </si>
   <si>
-    <t>DAN 105</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 297</t>
   </si>
   <si>
     <t>Intro Topics in Dance</t>
   </si>
   <si>
-    <t>Provides an opportunity for introductory level exploration within a particular dance form, tradition or innovation not covered within the existing course offerings.  Specific topics will vary semester to semester.  May be repeated for credit for a total of 9 completions and 18 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t>DIS</t>
   </si>
   <si>
     <t xml:space="preserve"> 300</t>
   </si>
   <si>
     <t>Dis:Interact Hum Div Glob Env</t>
   </si>
   <si>
-    <t>Designed to introduce the student to disability as an element of human diversity that has a significant reciprocal relationship with the environment. We begin by discussing prevalence and incidence of disability across the globe, examine the historical changes in concepts of disability over time, and then study disability as a human phenomenon which both emerges from and influences biological, economic, physical, social, political, spiritual, cultural, technological and virtual environments.</t>
-[...1 lines deleted...]
-  <si>
     <t>Disability As Diversity I</t>
   </si>
   <si>
-    <t>Examines disability history, theory and current thinking in the field of disability studies.  Through interdisciplinary interchange and experiential learning, students will explore the lived experience of people with disabilities and their families across the lifespan, examine and debate ethical dilemmas related to disability, and analyze implicit disability related values reflected in diverse academic and professional fields.  Students will apply their learning to their own disciplines.</t>
-[...1 lines deleted...]
-  <si>
     <t>Disability: Pop-Environ Div</t>
   </si>
   <si>
-    <t>Consistent with contemporary literature and research in the interdisciplinary field of disability studies, students will examine and analyze disability as an interactive disjuncture between the environment, the human body and population groups.  Students will analyze how environments shape and are shaped by disability populations and will focus on realigning bodies, populations and environments to advance full participation, reduce personal and environmental harm reductions, and preserve just and safe environments.  Included will be natural, virtual, service, economic, social, policy, and community environments across the globe.</t>
-[...1 lines deleted...]
-  <si>
     <t>ECE</t>
   </si>
   <si>
     <t>Elec Eng Design Project</t>
   </si>
   <si>
-    <t>ECE 342, 314 or 351;  ELE Mjrs</t>
-[...4 lines deleted...]
-  <si>
     <t>Elec &amp; Comp Eng Design Project</t>
   </si>
   <si>
-    <t>ECE 402 or ECE 406</t>
-[...4 lines deleted...]
-  <si>
     <t>ECO</t>
   </si>
   <si>
     <t>Environmental Policy</t>
   </si>
   <si>
-    <t>Examines the relation between the natural environment and the economy, the economic sources of environmental degradation and economic analysis of alternative approaches to environmental regulation and management.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 112</t>
   </si>
   <si>
     <t>Eco Social Iss &amp; Ethic Dilemma</t>
   </si>
   <si>
-    <t>This courses applies economic principles to important contemporary social issues.  A wide range of subjects is explored, ranging from clearly economic subjects such as unemployment and globalization to painful social problems such as crime and poverty to seemingly noneconomic concerns such as organ transplants and illegal drug use.  The theme unifying the topics is the ethical dilemmas that lie beneath the surface.  Thus, widely held beliefs are challenged and critically examined in this course.  Investigation of contemporary social problems using the lens of economics should deepen students' awareness and understanding of significant current events and their underlying ethical tradeoffs.  This course also introduces and develops an appreciation of the fundamental principles and analytical framework of economics. The goal of the course is to broaden and deepen the students' understanding of both social issues and economics.</t>
-[...1 lines deleted...]
-  <si>
     <t>Principles of Microeconomics</t>
   </si>
   <si>
-    <t>Principles of microeconomics and their application to economic issues and problems.  Analysis of the economic decision-making of individuals and firms; markets and pricing; monopoly power; income distribution; the role of government intervention in markets.</t>
-[...1 lines deleted...]
-  <si>
     <t>Principles of Macroeconomics</t>
   </si>
   <si>
-    <t>Principles of macroeconomics and their application to modern economic issues and problems.  Analysis of national income and employment; fluctuations in national income; monetary and fiscal policy; control of inflation, unemployment, and growth; and international aspects of macroeconomic performance.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 154</t>
   </si>
   <si>
     <t>Small Business Econ &amp; Managmnt</t>
   </si>
   <si>
-    <t>Application of economic concepts to real world business and economic decisions using graphs, spreadsheets and analytical techniques.  Students will learn introductory small business management concepts, how to estimate the cost of producing goods and services, and how to develop business feasibility studies.  Students will develop a hands-on project that integrates Excel to create a purposeful model.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 160</t>
   </si>
   <si>
     <t>Freakonomics</t>
   </si>
   <si>
-    <t>The primary lesson of economics is that incentives matter: economic agents alter their behavior in predictable ways when faced with changing costs and benefits. Over the past 30 years, the power of economics as a predictive social science has been demonstrated time and time again as scholars have shown that seemingly uneconomic decisions can be modeled from an economic perspective. In this course, we will use academic readings and popular books such as Freakonomics to indicate the breadth and scope of questions that can be analyzed from an economic perspective.</t>
-[...1 lines deleted...]
-  <si>
     <t>Citizens, Energy &amp; Sustainblty</t>
   </si>
   <si>
-    <t>This course is intended to provide students with a broad understanding of energy issues by focusing upon current energy use and mandates, energy production (with a focus on alternative energy options), as well as introduces the political, human and environmental implications of energy use and production.  We will discuss how citizens play a vital role in determining the direction that energy policy will take.  In the course of our lifetime each of us will be asked to vote on an energy related circumstance, this course intends to give you a place to start in understanding the complexities of energy.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 190</t>
   </si>
   <si>
     <t>World Food Supply, Pop &amp; Envir</t>
   </si>
   <si>
-    <t>Reviews current global resources focusing primarily upon food production and population, and environmental problems relating to food production and distribution.  World trade and world trade policy are considered with primary emphasis on food.  Other topics include world trade liberalization, genetically modified foods and comparative agricultural systems.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intermediate Macroeconomics</t>
   </si>
   <si>
-    <t>C- ECO 120 &amp; ECO 121</t>
-[...4 lines deleted...]
-  <si>
     <t>Maine Economy</t>
   </si>
   <si>
-    <t>An in-depth analysis of the Maine economy, including its history, socio-economic trends, influential institutions, economic performance, aging demographics and the labor force, environmental impact, food security, international trade, and the distribution of income.  Maine's economic strengths and opportunities along with its weaknesses and threats will also be explored.  Lastly, a comprehensive review of past and current State level economic growth and development strategies will be presented and analyzed for their achievements and shortcomings.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 285</t>
   </si>
   <si>
     <t>Economics of Sports</t>
   </si>
   <si>
-    <t>C- ECO 120</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 340</t>
   </si>
   <si>
     <t>The Can Economy: Issues &amp; Pol</t>
   </si>
   <si>
-    <t>Survey of the structure and functioning of the Canadian economic system, its problems and the policies used to solve them.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 377</t>
   </si>
   <si>
     <t>Environmental Eco &amp; Policy</t>
   </si>
   <si>
-    <t>C- in ECO 120</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 381</t>
   </si>
   <si>
     <t>SL: Sustain, Policy, &amp; Action</t>
   </si>
   <si>
-    <t>Standing-Sophomore</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 391</t>
   </si>
   <si>
     <t>Intro to Growth &amp; Development</t>
   </si>
   <si>
-    <t>Development Economics examines one of the most important economic, political, and moral challenges of our time.  Namely, the demand for economic growth and development in low-income countries, and the prospects for their transformation into modern, globalized, and high-income economies.</t>
-[...1 lines deleted...]
-  <si>
     <t>Evolutionary Economics</t>
   </si>
   <si>
-    <t>Sophomore Standing</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 475</t>
   </si>
   <si>
     <t>Industrial Organization</t>
   </si>
   <si>
-    <t>C- ECO 220 and 221</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Capstone</t>
   </si>
   <si>
-    <t>Sr. in SOE, C- ECO 220,221,226</t>
-[...4 lines deleted...]
-  <si>
     <t>EDU</t>
   </si>
   <si>
     <t>Foundations of Education</t>
   </si>
   <si>
-    <t>A pre-professional course required of all education majors.  This course examines historical, philosophical and current educational issues.  The role of the professional educator is a focus, and the student evaluates personal skills and aptitudes in light of expectations for the profession.  An eight hour practicum is required.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 216</t>
   </si>
   <si>
     <t>The Teaching Process</t>
   </si>
   <si>
-    <t>EDU 112 and ENG 101,  or permi</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 217</t>
   </si>
   <si>
     <t>Workng/Culturally Divrs Stdnts</t>
   </si>
   <si>
-    <t>EDU 112 or SOC 101, or permiss</t>
-[...4 lines deleted...]
-  <si>
     <t>Student Teaching</t>
   </si>
   <si>
-    <t>Rural EdorSec Minor or Teach A</t>
-[...4 lines deleted...]
-  <si>
     <t>EES</t>
   </si>
   <si>
     <t>Human Population Global Envir</t>
   </si>
   <si>
-    <t>Introduces the concepts and principles necessary to evaluate contemporary global issues of population growth, natural resource conservation and environmental protection.  Surveys the historical development of environmental awareness in the United States.  Develops skills to interpret critically the diverse types of information available about environmental issues.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 115</t>
   </si>
   <si>
-    <t>Natural Environments</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 140</t>
   </si>
   <si>
     <t>Soil Science</t>
   </si>
   <si>
-    <t>Considers the chemical, physical and biological properties of soil, as well as the origin, management and interrelationships of soils to plant growth and ecosystem services.  Prerequisites: BMB 207 or CHY 121 is recommended.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 141</t>
   </si>
   <si>
     <t>Soil Science Lab</t>
   </si>
   <si>
-    <t>EES 140</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 324</t>
   </si>
   <si>
     <t>Environ Prot Law &amp; Policy</t>
   </si>
   <si>
-    <t>A survey of the law and policy of environmental protection in the United States with emphasis on Federal statutes and common law approaches to environmental protection.  Material covered will include the basic statutes, the administrative law, the case law of air quality, water quality, hazardous substances and the National Environmental Policy Act.  Students will develop an understanding of how the legal process works in the context of specific environmental case studies and will be encouraged through class dialogues and exercises to develop their analytic skills.</t>
-[...1 lines deleted...]
-  <si>
     <t>Energy, Wealth, &amp; Power</t>
   </si>
   <si>
-    <t>Junior Standing or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>EET</t>
   </si>
   <si>
     <t>Intro Elec Eng Technology</t>
   </si>
   <si>
-    <t>Major EET or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Creative Design Using CAD</t>
   </si>
   <si>
-    <t>This course will provide students with the fundamentals of AutoCad and its 3D modeling counterpart, Fusion360.  In addition to industry-specific drawings such as electrical distribution one-line diagrams, construction prints, and surveying plots, students will be asked to create user interfaces and 3D models that utilize aesthetic design principles.  The semester will culminate in an artistic peer-reviewed 3D design project.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 350</t>
   </si>
   <si>
     <t>Senior Design Project I</t>
   </si>
   <si>
-    <t>Pre: EET 241 &amp; Co: EET 342</t>
-[...5 lines deleted...]
-  <si>
     <t>Senior Design Project II</t>
   </si>
   <si>
-    <t>EET 350</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Design Project III</t>
   </si>
   <si>
-    <t>EET 451 or permission</t>
-[...5 lines deleted...]
-  <si>
     <t>Renew Energy &amp; Elect Prod</t>
   </si>
   <si>
-    <t>Multi PHY, MAT 117/126</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 484</t>
   </si>
   <si>
     <t>Engineering Economics</t>
   </si>
   <si>
-    <t>Jr or Sr Stand</t>
-[...5 lines deleted...]
-  <si>
     <t>EHD</t>
   </si>
   <si>
     <t>The Art &amp; Science of Teaching</t>
   </si>
   <si>
-    <t>EDU Maj/Min or permission</t>
-[...5 lines deleted...]
-  <si>
     <t>Educ in a Multicul Society</t>
   </si>
   <si>
-    <t>EDU Major/Minor or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Full-Day Std Tch (Elem)</t>
   </si>
   <si>
-    <t>EDE Major;Senor;TCAN</t>
-[...5 lines deleted...]
-  <si>
     <t>Full-Day Std Tch (Sec)</t>
   </si>
   <si>
-    <t>EDS Major;Senor;TCAN</t>
-[...4 lines deleted...]
-  <si>
     <t>Alt Prac/Sem in Educ</t>
   </si>
   <si>
-    <t>Alternative capstone experience for students who choose not to seek teacher certification prior to graduation and takes the place of the student teaching experience.  Students will develop and implement an approved course of study to include the following components: research review; application of research to practice; reflection; and presentation.  May combine a practicum as part of the course of study within the seminar.  Students will draw upon academic and professional course work, examine and reflect on their understandings about teaching and learning, apply integrated educational skills and knowledge in approved settings, and develop projects that synthesize academic and professional experiences. Course may be repeated a total of 2 completions with 6 total credits.</t>
-[...1 lines deleted...]
-  <si>
     <t>Stu Tch K-12 (Art/Music)</t>
   </si>
   <si>
-    <t>Stand-Sr &amp; EHD 202 and EHD 203</t>
-[...4 lines deleted...]
-  <si>
     <t>Stu Tch K-12 (KPE)</t>
   </si>
   <si>
-    <t>KPE major; senior'TCAN</t>
-[...1 lines deleted...]
-  <si>
     <t>ENG</t>
   </si>
   <si>
     <t>College Comp Stretch Part I</t>
   </si>
   <si>
-    <t>This course provides intense practice with habits of reading, writing, thinking, and revising essential to postsecondary academic work.  Designed for students who want to create a strong foundation for themselves in academic reading and writing.  Available only during fall semester.  Students who complete ENG 100 move on to ENG 106 during the spring semester.  Students will not earn credit or grades for completing both ENG 101 and either course in the College Composition Stretch Sequence, ENG 100 and ENG 106.
-[...2 lines deleted...]
-  <si>
     <t>College Composition</t>
   </si>
   <si>
-    <t>Students practice the ways in which writing serves to expand, clarify, and order experience and knowledge, with particular attention to persuasive writing.  Satisfactory completion of the course depends upon quality of weekly writing assignments as well as demonstration of proficiency in college-level writing.</t>
-[...1 lines deleted...]
-  <si>
     <t>College Comp Stretch Part II</t>
   </si>
   <si>
-    <t>C or better in ENG 100</t>
-[...5 lines deleted...]
-  <si>
     <t>Composition &amp; Presentation II</t>
   </si>
   <si>
-    <t>This course develops the skills introduced in ENG 101 to provide practice with the ways that people in academic and professional settings write, read, think, and present ideas orally.  The focus is on the research process, information literacy, and oral presentation skills.  The importance of purpose, audience, use of supporting material, vocal variety, clear articulation, and correct use of grammar, pronunciation, as well as nonverbal behavior that supports the verbal message will be emphasized.  The use of citation management and interlibrary loan tools are introduced and employed.  There will be a continued focus on collaboration, providing and utilizing constructive feedback, accessing campus resources, and practicing effective learning strategies.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Literature &amp; Ethics</t>
   </si>
   <si>
-    <t>ENG 101 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Apocalyptic Literature</t>
   </si>
   <si>
-    <t>There is a long tradition of apocalyptic literature--stories of worlds gone wrong, of worst-case scenarios--warning readers about dangerous trends in society and challenging readers to make a better world.  Through a combination of classic and contemporary novels, essays, and articles, students will explore the specific conditions that inspire these dystopian visions, the general warnings inherent in them, and the broad trends in apocalyptic literature over time.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 131</t>
   </si>
   <si>
     <t>The Nature of Story</t>
   </si>
   <si>
-    <t>Explores the fundamental activity of why and how we create, tell and read/listen to stories.  Readings may include selections from folk tale and myth, saga and epic, drama and novel, film and song, poetry and essay--from the ancient world to the modern, from the western cultural tradition and from a variety of other cultures.</t>
-[...1 lines deleted...]
-  <si>
     <t>Strategies for Writing acr Con</t>
   </si>
   <si>
-    <t>Standing Sophomore &amp; ENG 101</t>
-[...4 lines deleted...]
-  <si>
     <t>Intro to Creative Writing</t>
   </si>
   <si>
-    <t>Offers students experience in writing in three major forms: autobiographical narrative, fiction, and poetry.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 206</t>
   </si>
   <si>
     <t>Descriptive/Narrative Writ</t>
   </si>
   <si>
-    <t>Special emphasis on the informal, autobiographical essay.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 222</t>
   </si>
   <si>
     <t>Reading Poems</t>
   </si>
   <si>
-    <t>3 hrs ENG</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 226</t>
   </si>
   <si>
     <t>Literary Classics: A Wish List</t>
   </si>
   <si>
-    <t>A self-designed, self-paced, reading-intensive course in which students tackle the literary classics that we have always wanted to read. This course instills appreciation for literature from the American, British, and world canon. From a Master List, students select the books they want to read. Working with the instructor and guided by detailed reading prompts, students reflect critically on the aesthetic achievements of reading materials and the complex influences that gave rise to these works. The interpretive process involves the examination of the relationship between literary works and the institutions, traditions, and values that define the societies reflected in those works.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 236</t>
   </si>
   <si>
     <t>Intro to Canadian Literature</t>
   </si>
   <si>
-    <t>3 hrs of English</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 238</t>
   </si>
   <si>
     <t>Literature and the Environment</t>
   </si>
   <si>
-    <t>This class discusses the treatment of nature in literature and art and explores the ways in which writing about and with the natural world can engage the imagination and effect change.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 242</t>
   </si>
   <si>
     <t>Intro to Native Lit</t>
   </si>
   <si>
-    <t>An introduction to indigenous-authored texts, both pre- and post- colonial contact. Special attention will also be paid to Wabanaki stories in Maine.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 243</t>
   </si>
   <si>
     <t>Topics in Identity</t>
   </si>
   <si>
-    <t>Reading and analysis of identity and representation in literature. Topical focus may address issues such as gender, race, ethnicity, sexuality, intersectionality, religion, indigeneity, disability, language, and class.</t>
-[...1 lines deleted...]
-  <si>
     <t>Writers of Maine</t>
   </si>
   <si>
-    <t>An exploration of the varied nature of the Maine experience as exemplified by writers of fiction, poetry, essays, and other creative genres.</t>
-[...1 lines deleted...]
-  <si>
     <t>American Short Fiction</t>
   </si>
   <si>
-    <t>A study of genre, form, and theme in representative works of American short fiction from Irving to the present.</t>
-[...1 lines deleted...]
-  <si>
     <t>American Sports Lit &amp; Film</t>
   </si>
   <si>
-    <t>Uses readings in fiction, poetry, drama, essays and films to explore social, humanistic, ethical and aesthetic issues in sports and its literature.  Examines ways writers capture physical action and the role of sports in various genres and media.</t>
-[...1 lines deleted...]
-  <si>
     <t>Shakespeare: Selected Plays</t>
   </si>
   <si>
-    <t>A study of ten to twelve plays, selected to represent the range of Shakespeare's achievement as a playwright.  Recommended for non-majors.  Not open to students who have taken ENG 453.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 271</t>
   </si>
   <si>
     <t>The Act of Interpretation</t>
   </si>
   <si>
-    <t>ENG 170</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 280</t>
   </si>
   <si>
     <t>Introduction to Film</t>
   </si>
   <si>
-    <t>A survey of the history of motion pictures and an exploration of the rhetoric of film, designed to give students with no prior film study an integrated approach to understanding the moving image and how it functions.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 296</t>
   </si>
   <si>
     <t>Investigating Equity</t>
   </si>
   <si>
-    <t>This course helps students develop a flexible and robust understanding of equity within the contexts of their daily lives through recursive considerations of purposes, audience, and document design.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 301</t>
   </si>
   <si>
     <t>Approaches to Teach Writ</t>
   </si>
   <si>
-    <t>A writing-intensive seminar that provides an overview of literacy and writing studies scholarship. Course focus may include how writers develop across their lifespans,  pedagogical strategies for teaching writing at various levels and in different modalities, and other contemporary topics in Writing Studies.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 307</t>
   </si>
   <si>
     <t>Writing Fiction</t>
   </si>
   <si>
-    <t>ENG 205</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 308</t>
   </si>
   <si>
     <t>Writing Poetry</t>
   </si>
   <si>
-    <t>A course in the writing of poetry with a focus on craft, form, and technique.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 309</t>
   </si>
   <si>
     <t>Writing Creative Nonfiction</t>
   </si>
   <si>
-    <t>ENG 201 or 205 or 206 or 315</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 315</t>
   </si>
   <si>
     <t>Research Wrtg in Disciplines</t>
   </si>
   <si>
-    <t>Jr. Standing and Declared Mjr</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 317</t>
   </si>
   <si>
     <t>Business &amp; Technical Writing</t>
   </si>
   <si>
-    <t>Stand-Junior &amp; ENG 101</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 320</t>
   </si>
   <si>
     <t>Tech Com for Engineering</t>
   </si>
   <si>
-    <t>MEE/CIE, ENG 101, Sophomore St</t>
-[...4 lines deleted...]
-  <si>
     <t>Interm Creative Writing Wkshop</t>
   </si>
   <si>
-    <t>ENG 205 or Permission</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 395</t>
   </si>
   <si>
     <t>Writing Center Internship</t>
   </si>
   <si>
-    <t>An advanced course in writing and collaborative learning.  Students first experience collaborative work in essay writing, critical reading of peers' essays, and rigorous practice in written and oral criticism.  They participate in supervised tutoring in the English Department's writing center.</t>
-[...1 lines deleted...]
-  <si>
     <t>Topics in Writing and Research</t>
   </si>
   <si>
-    <t>JR &amp; SR English Major</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 405</t>
   </si>
   <si>
     <t>Topics in Creative Writing</t>
   </si>
   <si>
-    <t>A senior level course designed to provide students with an opportunity to work intensively in a specifically defined genre, form, or method of creative writing.  May also address the broader issues of production and publication.  Sample topics: graphic novel, hypertext, mixed-media, electronic writing, translation, traditional poetic forms, the epic, publication, book-making, magazine editing, the serial poem, the long poem, collaboration.  ENG 405 and/or ENG 406 may be taken for credit up to a total of 6 credit hours.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 409</t>
   </si>
   <si>
     <t>Adv Creative Non-Fiction</t>
   </si>
   <si>
-    <t>ENG 309 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Adv Report &amp; Proposal Writing</t>
   </si>
   <si>
-    <t>ENG 317</t>
-[...4 lines deleted...]
-  <si>
     <t>Doc and Info Design</t>
   </si>
   <si>
-    <t>This course explores the ways in which documents and information circulate and function in diverse professional, social, and cultural contexts. We will consider current and emerging technologies as part of the composing process (e.g., designing for mobile applications and new modalities), examine research and communication practices for diverse users, and probe the ethics and responsibilities of designers and content creators in our current historical moment.</t>
-[...1 lines deleted...]
-  <si>
     <t>Topics Professional Writing</t>
   </si>
   <si>
-    <t>Eng 317, 6 Writing Cred.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 440</t>
   </si>
   <si>
     <t>American Seminar</t>
   </si>
   <si>
-    <t>ENG 271 &amp; 6 hr 300 level Lit</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 445</t>
   </si>
   <si>
     <t>Genre Seminar</t>
   </si>
   <si>
-    <t>ENG 271 and 6 credits of 300</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 459</t>
   </si>
   <si>
     <t>British Seminar</t>
   </si>
   <si>
-    <t>A seminar on a British writer or writers or a focused epoch or movement in British literature.  Topics vary, depending on the professor.  Student research and writing will be emphasized.</t>
-[...1 lines deleted...]
-  <si>
     <t>Major  Authors</t>
   </si>
   <si>
-    <t>An in-depth seminar of from one to three major writers.  Topics vary, depending on the professor.  Student  research and writing  will be emphasized.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 470</t>
   </si>
   <si>
     <t>Top Lit Theory &amp; Criticism</t>
   </si>
   <si>
-    <t>Studies in the history of literary criticism, in selected theoretic perspectives, or in the application of specific critical approaches.  Specific topic varies from year to year.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 471</t>
   </si>
   <si>
     <t>Lit, Gender &amp; Gender Theory</t>
   </si>
   <si>
-    <t>Introduction to gender theory and issues of gender as reflected in the reception, interpretations, and transmission of literary texts.  Emphasis on cultural assumptions surrounding gender, which involve both women and men.</t>
-[...1 lines deleted...]
-  <si>
     <t>Research Seminar in Literature</t>
   </si>
   <si>
-    <t>ENG 271; 6 hrs 300/400 lev Lit</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 496</t>
   </si>
   <si>
     <t>Eng Career Internship</t>
   </si>
   <si>
-    <t>Students pursue internships in workplaces such as businesses, non-profits, and other organizations. Course meetings provide students with faculty mentorship, opportunities to troubleshoot their internship work with peers, and related course content. Topics covered may include diversity/equity/justice in the workplace, social justice in the community, correlation between academic courses and the workplace, and career exploration/preparation. For each topic, strategies for improving workplace communication are also covered. Each student will design their internship in consultation with their host organization and the course instructor such that it meets their specific goals. Internship work will vary, but typically includes activities such as research, ideation, communication, writing, public relations, editing, content development, community organizing, and other related activities.</t>
-[...1 lines deleted...]
-  <si>
     <t>Capstone Exp in English</t>
   </si>
   <si>
-    <t>SR English Major &amp; Permission</t>
-[...4 lines deleted...]
-  <si>
     <t>ENV</t>
   </si>
   <si>
     <t>ERS</t>
   </si>
   <si>
     <t>Intro to Earth Sciences</t>
   </si>
   <si>
-    <t>A study of earth materials and processes, including their impact on humans.  Topics include plate tectonics, mineralogy, formation of igneous, metamorphic and sedimentary rocks, geologic time, weathering and soil formation, evolution of mountain belts, earthquakes, climate change, water cycle, and surface processes.  This course may include field trips outside of class time. Laboratory work includes the study of rocks, minerals, topographic maps, and aerial photographs.</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental Geology</t>
   </si>
   <si>
-    <t>Environmental Geology explores the interaction of humans with the Earth's systems. The course begins with discussions of earth materials and human population dynamics. The science underlying geologic hazards (earthquakes, floods, landslides, etc.) is described and the interaction between geologic hazards and humans is explored. Human impacts on earth systems are identified and evaluated with a focus on pollution and climate change. Sources of energy used by humans and the associated environmental consequences of different energy sources are discussed. May include a one day field trip.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dynamic Earth</t>
   </si>
   <si>
-    <t>Explores how Earth's dynamic processes interact with humans by evaluating: the interplay between Earth's interior, hydrosphere, biosphere and atmosphere; the effects and underlying causes of natural hazards such as earthquakes, volcanic eruptions, tidal waves and global warming; Earth's economic and energy resources how they form and how long they will last; and the global environment and how best to interact with it.</t>
-[...1 lines deleted...]
-  <si>
     <t>Energy, Environment, &amp; Climate</t>
   </si>
   <si>
-    <t>Explores the Earth Science concepts that underlie energy, energy sources, the environmental impacts of energy use, and the role of energy in climate.  We will consider the ways in which society interacts with and extracts energy from the Earth System, the energy balance of Earth, the climate and environmental implications of energy use, and gain an understanding of renewable and non-renewable energy sources.  This course satisfies the General Education Applications of Scientific Knowledge and Quantitative Literacy requirements.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 108</t>
   </si>
   <si>
     <t>Beaches &amp; Coasts</t>
   </si>
   <si>
-    <t>An introduction to coastal landforms, including beaches, salt marshes, tidal flats and sea cliffs, their origins, global distribution, and associated nearshore processes.  Human impacts to the coastal zone, including coastal erosion, land loss and management, and human responses to sea-level change are considered.  Course may have field trips during class time and a one day field trip. (This course is identical to SMS 108.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Humans &amp; Global Change</t>
   </si>
   <si>
-    <t>Explores how Earth's climate system works and how past environmental changes affected humans on time scales ranging from interannual to hundreds of thousands of years.  Topics will range from the development of agriculture at the beginning of the current interglaciation to how humans are now changing global climate through the addition of greenhouses gases to the atmosphere.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 152</t>
   </si>
   <si>
     <t>Earth's Changing Climate</t>
   </si>
   <si>
-    <t>Earth harbors a climate that is unique in the solar system, with its ability to sustain liquid water and support life.  The geologic record bears witness to spectacular climate changes in the past, the most recent of which heralded the emergence of a complex, globally interconnected human society.  Today humans are influencing the climate system in potentially unprecedented ways.  The purpose of this course is to understand and evaluate the scientific basis of Earth's climate and past, present, and future change within the climate system, and to provide scientific context for a warming world.</t>
-[...1 lines deleted...]
-  <si>
     <t>Earth Systems</t>
   </si>
   <si>
-    <t>100 level ERS course</t>
-[...4 lines deleted...]
-  <si>
     <t>Global Environmental Change</t>
   </si>
   <si>
-    <t>100-Level ERS</t>
-[...4 lines deleted...]
-  <si>
     <t>The Atmosphere</t>
   </si>
   <si>
-    <t>The nature of planetary atmospheres, physical processes in the atmosphere, clouds and precipitation, global climate, seasons, natural and anthropogenic climate change, forecasting of storms.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prin Sedimentology/Stratigraph</t>
   </si>
   <si>
-    <t>Any 100 level ERS course</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 316</t>
   </si>
   <si>
     <t>Structural Geology</t>
   </si>
   <si>
-    <t>ERS 200</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 319</t>
   </si>
   <si>
     <t>Geohazards and Humans</t>
   </si>
   <si>
-    <t>100-level ERS course or perm</t>
-[...4 lines deleted...]
-  <si>
     <t>Sea-to-Sky Experience</t>
   </si>
   <si>
-    <t>ERS 200 and 201; permission</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 441</t>
   </si>
   <si>
     <t>Glaciers &amp; Our Landscape</t>
   </si>
   <si>
-    <t>ERS 100 level or Grad Stand</t>
-[...4 lines deleted...]
-  <si>
     <t>Non-Thesis Capstone</t>
   </si>
   <si>
-    <t>Sr Standing and Permission</t>
-[...4 lines deleted...]
-  <si>
     <t>FAS</t>
   </si>
   <si>
     <t>French Cultures of America</t>
   </si>
   <si>
-    <t>Introduces students to the French cultures of the United States, emphasizing the peoples of Maine and the Northeast region. Examines the French cultures of Canada, the French heritage cultures of the Northeast and the new French speaking migrants to Maine. Taught in English; no knowledge of the French language is presumed.</t>
-[...1 lines deleted...]
-  <si>
     <t>People, Places and Pasts</t>
   </si>
   <si>
-    <t>Introduces the cultural geography of Franco America.  Investigates how heritage links to place with particular emphasis on gender, class, and ethnicity.  Includes a field trip to a Franco American community.  Run as a seminar, with no prerequisites or knowledge of French or the Franco American community required.</t>
-[...1 lines deleted...]
-  <si>
     <t>Search  for Family Origins</t>
   </si>
   <si>
-    <t>Genealogy is the study of family history.  It is a global phenomenon, one of the biggest participatory activity on the planet.  It informs popular conceptions of the past and of identity.  This course explores the implications of genealogy and family history.  Students will learn the fundamentals of genealogical research, build a family tree, and think about genealogy as both a field and a personal practice.  Students will explore the ethical questions of genealogy, including but not limited to genetics and DNA testing, the impact of technology, and its rule in identity.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 170</t>
   </si>
   <si>
     <t>Transnational Beat, J. Kerouac</t>
   </si>
   <si>
-    <t>Jack Kerouac has often been studied as the quintessential American writer.  Yet Jack Kerouac was the son of French Canadian immigrants, spoke only French until he was six, wrote an early draft of his famous On the Road in French, sprinkled passages in French throughout all his writing and cited French writers as important inspirations.  This course will explore the ways in which Kerouac straddle cultures and how this transnationalism infects, determines and interrupts both the content and the style of his writings.  We will read excerpts of Kerouac's lesser-known writings, some of his writings in French (in translation) and of course parts of On the Road.  This class will run as a seminar; no prior knowledge of French is required.</t>
-[...1 lines deleted...]
-  <si>
     <t>SL: Prim Sources Franco Amer</t>
   </si>
   <si>
-    <t>This service-learning course prepares students to build print or digital information resources using primary source materials in Franco American Studies.  Course readings introduce students to theories and methods of archival practice, and to ethical issues surrounding the creation and use of human records.  Students engage these issues in the context of Franco American writing and scholarship, and consider the ways archives and archival materials impact an exploration of Franco American cultural identity.  FAS 101 is recommended but not required.</t>
-[...1 lines deleted...]
-  <si>
     <t>French Expl &amp; Set ME 1604-1706</t>
   </si>
   <si>
-    <t>The names and traces of the early French explorers and settlers remain on in many place names along the Maine Coast, including the names of mountains and hiking trails in Acadia National Park, such as Champlain, St. Sauveur, Sieur de Mons, etc.  This course examines the history of the French exploration and settlement of Maine and places the French settlement of Maine in the broader geopolitical context of the settlement of North America.</t>
-[...1 lines deleted...]
-  <si>
     <t>FIN</t>
   </si>
   <si>
     <t>Val &amp; Corp Invest Decisions</t>
   </si>
   <si>
-    <t>C- in FIN 350</t>
-[...4 lines deleted...]
-  <si>
     <t>FRE</t>
   </si>
   <si>
     <t>Elementary French I</t>
   </si>
   <si>
-    <t>A systematic study of the basics of the French language.  Equal emphasis is placed on developing reading, comprehension, speaking and writing skills.  For students with no previous study of French or fewer than two years in high school.</t>
-[...1 lines deleted...]
-  <si>
     <t>Elementary French II</t>
   </si>
   <si>
-    <t>FRE 101</t>
-[...4 lines deleted...]
-  <si>
     <t>Intermediate French I</t>
   </si>
   <si>
-    <t>FRE 102</t>
-[...4 lines deleted...]
-  <si>
     <t>Intermediate French II</t>
   </si>
   <si>
-    <t>FRE 201</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 305</t>
   </si>
   <si>
     <t>Fre Conv/Comp: Social Issues</t>
   </si>
   <si>
-    <t>FRE 202 or 300 level</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 306</t>
   </si>
   <si>
     <t>Fre Conversation/Comp: Global</t>
   </si>
   <si>
-    <t>Systematic training in the correct usage of spoken and written French through a broad range of conversational situations and writing topics focusing on global issues.</t>
-[...1 lines deleted...]
-  <si>
     <t>Trans &amp; Comp Stylistics</t>
   </si>
   <si>
-    <t>FRE 400</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 413</t>
   </si>
   <si>
     <t>Adv Composition &amp; Stylistics</t>
   </si>
   <si>
-    <t>An exposition of the fundamentals of French stylistics with practice of these principles via compositions and exercises.  Designed to enhance competence in written idiomatic French.</t>
-[...1 lines deleted...]
-  <si>
     <t>Senior Project in French</t>
   </si>
   <si>
-    <t>Capstone Experience in which majors in French and in International Affairs with a concentration in French, or in Cultures, Languages and the Humanities, apply language skills and knowledge gained from all prior language study.  Students work closely with a faculty advisor on an approved project and give a public presentation of the project in French.   When taken as a stand-alone course, the coursework will reflect the work of three credit hours, regardless of number of credits taken.  When taken in conjunction with another French course at the 400 level, the course will carry no credit and will be graded Pass/Fail only.</t>
-[...1 lines deleted...]
-  <si>
     <t>FSN</t>
   </si>
   <si>
     <t>Intro to Food &amp; Nutrition</t>
   </si>
   <si>
-    <t>A survey of food and nutrition principles, including the influence of food patterns on health and physical performance; description of a balanced diet; study of the nutrients, interrelationships, sources, effects of processing and storage, food safety, fads, controversies.</t>
-[...1 lines deleted...]
-  <si>
     <t>Brewing with Food Science</t>
   </si>
   <si>
-    <t>This course is designed to utilize the process of making beer as a model to engage students in thinking about the biology, chemistry and processing aspects of the foods they consume.  The course will focus on the process of beer making as well as the ingredients that go into beer and their functions.  Other topics will include the history of beer (from world and U.S. perspectives), styles of beer and a beer judge's perspective of beer.</t>
-[...1 lines deleted...]
-  <si>
     <t>World Food and Culture</t>
   </si>
   <si>
-    <t>An investigation of the status of the world food supply, food in the developing world, and food in the developed world, with emphasis on sustainability of food systems, as well as an exploration of food selection and preparation in a cultural context.</t>
-[...1 lines deleted...]
-  <si>
     <t>Life Cycle Nutrition</t>
   </si>
   <si>
-    <t>Stnd-Jr; BMB/CHY/FSN courses</t>
-[...4 lines deleted...]
-  <si>
     <t>Community Nutrition</t>
   </si>
   <si>
-    <t>FSN 410 &amp; C or better FSN 301</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 425</t>
   </si>
   <si>
     <t>Contemp Issues Food Industry</t>
   </si>
   <si>
-    <t>FSN 330</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 436</t>
   </si>
   <si>
     <t>Food Laws and Regulations</t>
   </si>
   <si>
-    <t>Examination and discussion of federal, international and state laws and regulations applying to the processing, handling, distribution and serving of food products and dietary supplements.
-[...2 lines deleted...]
-  <si>
     <t>GEO</t>
   </si>
   <si>
     <t>World Geography</t>
   </si>
   <si>
-    <t>Introduces students to the major world cultural regions and their characteristics, development and interaction.  It focuses particularly on the relationship between cultural groups and the environment within and between each region.  Students will be challenged to acquire factual knowledge of cultural regions necessary for geographic literacy and to critically evaluate explanations of these patterns.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 212</t>
   </si>
   <si>
     <t>Geography of Maine</t>
   </si>
   <si>
-    <t>This course provides a geographical perspective on the historical development of Maine over the last 500 years. The course begins with what we know about Indigenous peoples living in Maine and Eastern Canada at the time of European contact in the early 1500s, followed by early attempts at European exploration of this area. The class will then examine the evolution of Maine as part of a borderland claimed by both France and England in the seventeenth century and first half of the eighteenth century, the American settlement of Maine in the late eighteenth and early nineteenth centuries, the growth of industrial manufacturing and tourism in the late nineteenth and early twentieth centuries, and the de-industrialization and development of a service economy in Maine today. The course pays particular attention to environmental, cultural, and cross-border issues, as well as the history of Maine's Indigenous peoples. (HTY 212 and GEO 212 are identical courses.)</t>
-[...1 lines deleted...]
-  <si>
     <t>The Power of Maps</t>
   </si>
   <si>
-    <t>HTY 265</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 275</t>
   </si>
   <si>
     <t>Geography of Globalization</t>
   </si>
   <si>
-    <t>Examines changing demographic, economic, political, and cultural connections across the globe over the past 500 years; their representation through maps; and our current awareness of the globe and the Earth's environment. (GEO 275 and HTY 275 are identical courses.)</t>
-[...1 lines deleted...]
-  <si>
     <t>GER</t>
   </si>
   <si>
     <t>Elementary German I</t>
   </si>
   <si>
-    <t>The basics of the German language.  Emphasis on developing reading, comprehension, speaking and writing skills.  For students with no previous study of German or fewer than two years in high school.</t>
-[...1 lines deleted...]
-  <si>
     <t>Elementary German II</t>
   </si>
   <si>
-    <t>GER 101</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 203</t>
   </si>
   <si>
     <t>Intermediate German I</t>
   </si>
   <si>
-    <t>GER 102 or 121</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 204</t>
   </si>
   <si>
     <t>Intermediate German II</t>
   </si>
   <si>
-    <t>GER 203</t>
-[...4 lines deleted...]
-  <si>
     <t>GIS</t>
   </si>
   <si>
-    <t>Our Digital Earth</t>
-[...4 lines deleted...]
-  <si>
     <t>Advanced Projects in GIS</t>
   </si>
   <si>
-    <t>GIS 300 &amp;400 as prerequisites</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 426</t>
   </si>
   <si>
     <t>Community Applications in GIS</t>
   </si>
   <si>
-    <t>Students work together under the instructor's guidance for a single community client to perform a professional-quality service project using geographic information systems (GIS) as a decision-support and planning tool.  Projects might include a town's comprehensive plan, environmental conservation planning, economic development, recreation planning, emergency response management or similar applications where GIS can assist communities in setting priorities, making choices or planning for the future.  Students will be expected to work closely with clients and/or community residents to assess and respond to their needs, answer questions and provide them with maps, data and documentation.  In most cases, students will present their findings to the clients or their constituents.  Through this work, students learn to plan, manage, execute and document a multi-faceted GIS project, skills with direct applications to the workforce.  Prerequisites:  GIS 230 and GIS 330, or permission of instructor.</t>
-[...1 lines deleted...]
-  <si>
     <t>HBR</t>
   </si>
   <si>
     <t>Beginning Modern Hebrew</t>
   </si>
   <si>
-    <t>A systematic study of the basics of the Hebrew language. Equal emphasis is placed on developing reading, listening comprehension, speaking and writing skills. For students with minimal or no previous knowledge of Modern Hebrew.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Modern Hebrew II</t>
   </si>
   <si>
-    <t>HBR 101</t>
-[...4 lines deleted...]
-  <si>
     <t>HCD</t>
   </si>
   <si>
     <t>Intro to HC Design</t>
   </si>
   <si>
-    <t>Introduces the core principles, methodologies, and applications of human-centered design practice. Areas of investigation include user research, ideation, interaction design, visualization, prototyping, and usability. The students will rapidly prototype and evaluate paper and software prototypes, and simulation and role play. This course emphasizes design as a creative problem-solving tool and engages with design from a broad perspective, thus enabling students to use fundamental design concepts effectively and compellingly in their work. This course also lays the foundation for the HCTD program, introducing possible future career paths and research opportunities.</t>
-[...1 lines deleted...]
-  <si>
     <t>HON</t>
   </si>
   <si>
     <t>Foundations of Inquiry</t>
   </si>
   <si>
-    <t>Honors College</t>
-[...4 lines deleted...]
-  <si>
     <t>Connect: Evidence &amp; Argument</t>
   </si>
   <si>
-    <t>HON College &amp; HON 101</t>
-[...4 lines deleted...]
-  <si>
     <t>A Cultural Odyssey</t>
   </si>
   <si>
-    <t>Enrolled in Honors College</t>
-[...4 lines deleted...]
-  <si>
     <t>Honors Tutorial</t>
   </si>
   <si>
-    <t>JR, 3 HON Civil Sequence</t>
-[...1 lines deleted...]
-  <si>
     <t>Honors Thesis/Research I</t>
   </si>
   <si>
-    <t>Honors College and HON 391</t>
-[...5 lines deleted...]
-  <si>
     <t>Honors Thesis/Research II</t>
   </si>
   <si>
-    <t>Honors College and HON 498</t>
-[...6 lines deleted...]
-  <si>
     <t>HTI</t>
   </si>
   <si>
     <t>Capstone Preparation</t>
   </si>
   <si>
-    <t>Interdisc Std - Multimodal Int</t>
-[...5 lines deleted...]
-  <si>
     <t>Senior Capstone Interdis Std</t>
   </si>
   <si>
-    <t>Permission and 9 cr HTI 490</t>
-[...5 lines deleted...]
-  <si>
     <t>HTY</t>
   </si>
   <si>
     <t>Creating America to 1877</t>
   </si>
   <si>
-    <t>Examines interactions of the many peoples who created the United States. Topics include Native Americans, the American Revolution, and Civil War, and how colonization, immigration, gender, race, politics, class, and geography shaped the nation.</t>
-[...1 lines deleted...]
-  <si>
     <t>US History Since 1877</t>
   </si>
   <si>
-    <t>A survey of main themes of U.S history from 1877 to the present. The course may include an emphasis on political, social, economic, intellectual, and technological aspects of the Gilded Age, the Progressive Era, WWI, the interwar era, WWII, the Cold War, and post-Cold War era.</t>
-[...1 lines deleted...]
-  <si>
     <t>History of Medieval Europe</t>
   </si>
   <si>
-    <t>This course will survey European history from late antiquity through the fifteenth century, examining developments in political, religious, and cultural fields. Even as we aspire to cover huge swaths of geography and history, we will also pause to investigate individual case studies and telling details. Eschewing caricature and conventional wisdom, we will explore the many varieties of medieval civilization, emphasizing the complex lessons and legacies that this period offers for the modern world.</t>
-[...1 lines deleted...]
-  <si>
     <t>History of Modern Europe</t>
   </si>
   <si>
-    <t>This class surveys the intellectual, social, economic, and political changes that shaped the development of Europe from 1715 to the present.  Topics may include the French and the Industrial Revolutions; nationalism and the emergence of nation states; the rise of Marxism; high imperialism; the two world wars; totalitarian governments of the 20th century; comparative histories of everyday life; and European integration.</t>
-[...1 lines deleted...]
-  <si>
     <t>East Asian Civilization</t>
   </si>
   <si>
-    <t>A survey of China's and Japan's social, economic, cultural and political life from prehistoric times to the present.  Whenever applicable, Korea and Vietnam will be discussed.  Emphasis on key periods in each country, especially changes in the 19th and 20th centuries.</t>
-[...1 lines deleted...]
-  <si>
     <t>India: Identities and Changes</t>
   </si>
   <si>
-    <t>A survey of the social, economic, cultural and political life of India from prehistoric times to the present.  Key periods, especially since the later half of the 19th century, and main themes will be emphasized.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Early Latin America</t>
   </si>
   <si>
-    <t>Explores the creation of dynamic Latin American societies as an unequal combination of Iberian, Indian, and African traditions.  Begins with Native American civilizations before the arrival of Europeans and concludes with the national independence movements of the 19th century.  The development of the modern world in a non-Anglo tradition is a central course theme.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Latin American Hist</t>
   </si>
   <si>
-    <t>A one-semester survey that introduces students to Latin American History, from the fifteenth century to the present. Themes include the formation of colonial societies and institutions; indigenous resistance and accommodation; the transatlantic slave trade and forced labor; the region¿s incorporation into the global economy; national identity and citizenship after independence; race, gender, and sexuality; dictatorships and democracies in the twentieth century; US-Latin American relations; inequality; the environment; and migration. The course draws on materials from multiple disciplines¿from literature to the visual arts¿that reflect the complex and diverse history of the region.</t>
-[...1 lines deleted...]
-  <si>
     <t>The Classical World</t>
   </si>
   <si>
-    <t>A survey of ancient civilizations in the Mediterranean from the Neolithic farmers until Constantine (ca. 300 CE). This course will focus particularly on the enduring influence of the ancient Mediterranean through the examination of the classical roots of modern western society and the religious foundations of Christianity, with particular emphasis on ancient Greece, Rome, and Israel.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Africa</t>
   </si>
   <si>
-    <t>A survey of Africa's social, economic and political history from 1800 to the present.  Emphasis on African and European interaction, pan-Africanist currents, and the national histories of Nigeria, South Africa, Congo and Ghana.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 113</t>
   </si>
   <si>
     <t>Modern Mediterranean History</t>
   </si>
   <si>
-    <t>A crossroads of ideas and commerce, of empires, nations, and peoples, the Mediterranean has been part of key moments in world history. By focusing on this region, which includes the countries of Southern Europe and the Middle East, you will gain a perspective of the historical process in a set of societies which meet in between ¿East¿ and ¿West.¿ Within history, more studies focus on the Early Modern Era (roughly 1400-1800). We will focus our attention on the late 18th century and finish in the 1960s. Often the ¿modern¿ Mediterranean is not viewed as a cohesive region. To counter this view, we will explore how different political, social, and cultural trends circulated throughout the great ¿Middle Sea¿ from the French Revolution to Italian unification to the First World War to the Algerian War of Independence.</t>
-[...1 lines deleted...]
-  <si>
     <t>World History to 1500</t>
   </si>
   <si>
-    <t>ENG 101 (pre or co-requisite)</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 116</t>
   </si>
   <si>
     <t>World History since 1500</t>
   </si>
   <si>
-    <t>This course examines world history from the 16th century to the present.  This much shorter period saw enormous increases in trade, cultural, political and military interaction among all regions of the world.  A major theme of this era is colonialism, the rise of European state, economic, and cultural power, and the reactions of the non-Western world to that power.  This course takes a western perspective to look at global historic events.</t>
-[...1 lines deleted...]
-  <si>
     <t>Medieval Civilization</t>
   </si>
   <si>
-    <t>What were the Middle Ages in the middle of?  How did "medieval" become synonymous with "ignorant" and "barbaric"? These questions will be on our minds as we survey European history from the late Roman Empire through the fifteenth century, examining developments in political, religious, and cultural fields.  Even as we aspire to cover huge swaths of geography and history, we will also pause to investigate individual case studies and telling details.  Eschewing caricature and conventional wisdom, we will explore the many varieties of medieval civilization, emphasizing the complex lessons and legacies that this period offers for the modern world.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Public History</t>
   </si>
   <si>
-    <t>This introductory course explores the diverse ways that history is put to work in the world. It emphasizes many kinds of collaboration, such as with museums, historical societies, archives, and libraries and puts a premium on ¿sharing authority¿ about the past with a general audience. Given Public History¿s commitment to community engagement, this intro course focuses on local history and uses digital resources to gather, create, and share historical knowledge.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rock &amp; Roll in American Hist</t>
   </si>
   <si>
-    <t>This course will use the political, social, and economic history of rock music to examine the broader dynamics of 20th (and 21st) century American life. Moving from Elvis and Hendrix to Slayer, Sleater-Kinney, and the Strokes, we¿ll examine the rise and fall of American industrialization, the ceaseless transformations of mass media, the generational and political turmoil caused by neoliberalism, and the revolutionary upheavals of feminism and the Black freedom struggle. We¿ll think through the relationship between rock and genres like rap, country, soul, and funk. And all along the way, we¿ll grapple with the central question of cultural history¿what can art tell us about the people who made and listened to it?</t>
-[...1 lines deleted...]
-  <si>
     <t>History of Maine</t>
   </si>
   <si>
-    <t>A survey of Maine's social, economic, and political life, from primitive times to the present.  After a brief study of Native American life preceding white settlement, the periods of colonial, provincial, and state history are covered.</t>
-[...1 lines deleted...]
-  <si>
     <t>Maine &amp; the Sea</t>
   </si>
   <si>
-    <t>An overview of Maine maritime history from aboriginal uses through the current state of maritime Maine.  Emphasis on the coast's history, inland Maine's relationship with the sea, Maine's maritime relationship to the world, and current historical and archaeological research.</t>
-[...1 lines deleted...]
-  <si>
     <t>History of the Maine Woods</t>
   </si>
   <si>
-    <t>This course will survey the history of the Maine woods from postglacial times to the present.  Topics include alterations in the forest ecology, Native American and colonial settlement, and changing economic, industrial, and recreational uses of the woods.  The course will also explore the varieties of spiritual and literary interpretations ascribed to the forest environment.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 218</t>
   </si>
   <si>
     <t>History of Film</t>
   </si>
   <si>
-    <t>Global history of film with emphasis on the cultural, technological, and philosophical sources of film in the 20th century.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 220</t>
   </si>
   <si>
     <t>North Amer Indian History</t>
   </si>
   <si>
-    <t>An introductory history of North American Indians, from before European contact to the present.  Within a broad chronological framework, the course will look at critical themes in American Indian history; American Indians prior to contact; cultural contact; treaty making, treaty rights, sovereignty; impact of government policies on Native populations; and contemporary issues.</t>
-[...1 lines deleted...]
-  <si>
     <t>History and Comics</t>
   </si>
   <si>
-    <t>This course provides a concise introduction to the field of comics studies, and then relies on the comics medium to acquaint students with some of the major topics and themes that are commonly encountered in the discipline of history. Comics are highly accessible and foster active engagement, making it a powerful medium through which to experience the discipline of history. In particular, we will be examining comics as historical documents, but also as a medium for historical analysis. Students will develop the intellectual tools, as they relate to the field of comics studies, required to interpret and criticize the content and meaning of a range of comics materials from the past and present. While it is impossible to cover the whole of the discipline of history, students will be introduced to a wide and varied selection of subject matter, including politics and political discourse, armed conflicts and mass atrocities, nature and the environment, race and ethnicity, Indigenous peoples, labor and the working class, and gender.</t>
-[...1 lines deleted...]
-  <si>
     <t>ME Indian History 20th Century</t>
   </si>
   <si>
-    <t>Too often Native people are relegated to the distant past, leading society to have misunderstandings about indigenous communities today.  This course introduces students Wabanaki history of Maine and eastern Canada in the twentieth century.  The term "Wabanaki" is an all-inclusive term that refers primarily to Mi'kmaqs, Maliseets, Passamaquoddies, and Penobscots, along with other Abenaki groups.  The tribal homeland encompasses present-day northern New England, the Maritime Provinces, and southern Quebec.  We will explore the variety of ways Wabanaki experiences deviated from the national narrative on American Indians and examine when Native challenges were in lockstep with western tribes in the twentieth century.  This course considers the interplay between cultural traditions and modernity.  The regional scope highlights local developments.  We will investigate  prominent themes of resistance, accommodation, activism, sovereignty, and cultural survival.  Wabanaki people were positive actors in their own affairs, not passive pawns subdued by forces beyond their control. This course will provide context to contemporary challenges Wabanaki people confront.  As one tribal historian astutely noted, "I can never give up hope, as my ancestors never gave up hope."
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 232</t>
   </si>
   <si>
     <t>Womanhood in America</t>
   </si>
   <si>
-    <t>Examines the changing experiences of American women from colonial times to the present.  Emphasis on what women did and what they were told to do, the experiences of different groups of women, and the ways in which women worked to change their situation.</t>
-[...1 lines deleted...]
-  <si>
     <t>Heresy, Witchcraft, and Reform</t>
   </si>
   <si>
-    <t>This course will examine the definition and repression of heresy and witchcraft in Europe from late antiquity through the seventeenth century. Focusing on issues surrounding gender, belief, and otherness, we will spend time reading and thinking about the meanings of religious dissent and orthodoxy in premodern contexts. Our investigation will center on the ways in which efforts to reform the Church were closely connected to campaigns against its imagined internal enemies.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ancient Egypt and Mesopotamia</t>
   </si>
   <si>
-    <t>HTY 236</t>
-[...5 lines deleted...]
-  <si>
     <t>Creation Atlan Wrld 1450-1888</t>
   </si>
   <si>
-    <t>This entry-level course uses a comparative transnational perspective to understand the formation of an integrated early modern world in the region connected by the Atlantic Ocean.  Selected topics given close attention include the Spanish conquest of the Mexica/Aztec Empire, Native American responses to the invasion of their homelands, religion as a key site of conflict and accommodation among varied cultural groups, the slave trade and the rise of modern plantation slavery, environmental exchanges across the Atlantic, the Age of Democratic Revolutions with an emphasis on Haiti, and the dismantling of slavery in the western hemisphere by 1888.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 241</t>
   </si>
   <si>
     <t>Hist Globalization,1900-Pres</t>
   </si>
   <si>
-    <t>An introductory history of globalization.  Explores the major political, economic, cultural and technological features of the twentieth century that have helped to create today's global society.  Emphasizes global changes and their effects on everyday life.</t>
-[...1 lines deleted...]
-  <si>
     <t>Tech &amp; Society  Ancient Times</t>
   </si>
   <si>
-    <t>A survey of the history of Western technology and, to a lesser extent, non-Western technology from ancient times till the present.  The course covers major developments both 'internally" -- as tools and machines" -- and "externally" as related to the societies which have produced them and upon they in turn have had impact. Thus HTY 251 is not an old-fashioned and one-sided "nuts and bolts" course.  Instead HTY 251 examines the complex relationship between (1) technological change and (2) social, cultural, economic, and political change as each has affected the other over. Old-fashioned "nuts and bolts" history of technology courses invariably assume that virtually all technological developments constitute "progress" and often make technological "progress" the measure of all things.  By contrast, HTY 251 repeatedly asks if that traditional simplistic equation between technological advances and social, cultural, economic, and political advances is accurate or if it might be rethought in various instances over the course of history.</t>
-[...1 lines deleted...]
-  <si>
     <t>New England &amp; East Canada/1815</t>
   </si>
   <si>
-    <t>This course examines the historical development of the geographical areas now referred to as New England and Eastern Canada from 1815, the end of the Napoleonic Wars and the War of 1812, the last major Anglo-American conflict, to the present. An emphasis will be placed on exploring New England and Eastern Canada as a transnational region in the making, where there have been more historical similarities than differences in spite of the gradual hardening of borders between countries, states, and provinces. The course will follow a rough chronology, and cover topics such as building borders, political institutions, and identities, economic pursuits like agriculture, forestry, and fishing, sporting cultures, women's suffrage, civil rights, environmental movements, and indigenous resurgences.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 278</t>
   </si>
   <si>
     <t>American Military History</t>
   </si>
   <si>
-    <t>America's experience with warfare, from the colonial period through the Vietnam era.  How American wars have been fought, and the complex interrelationship between American society and the military, including economic, political and social factors.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 279</t>
   </si>
   <si>
     <t>European Military History</t>
   </si>
   <si>
-    <t>A survey from the 18th Century to the present.  Examines the causes and nature of war, the relationship of soldiers and civilians, and war's impact on modern society.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 281</t>
   </si>
   <si>
     <t>Military History Modern Asia</t>
   </si>
   <si>
-    <t>The course explores the origins and historical developments in the military and strategic history of the Asia Pacific region. Students will begin by examining the regional strategic situation that existed in the aftermath of World War II in East Asia.  Students will then move on to consider the origins of the Cold war in East Asia, the Chinese and Japanese Grand Strategy, and the modern history of the divided Korean nation.  Students will also discuss the partition of British India in 1974 and the making of two countries (India and Pakistan), the historical rivalry between India and Pakistan, overt nuclearization in South Asia as well as evolving forces of nationalism and religious extremism in this region.  Students will also concentrate on the transformations of Indian democracy, and the rise and fall of dictatorships in Pakistan.  Students will be exposed to a wide variety of historical materials, including recently published historical works in history and strategic studies, as well as films and documentaries to frame and understand Asia Pacific history.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 310</t>
   </si>
   <si>
     <t>Slavery Politics Memory Amer.</t>
   </si>
   <si>
-    <t>Three credits of HTY or Per</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 311</t>
   </si>
   <si>
     <t>Research Seminar</t>
   </si>
   <si>
-    <t>A writing intensive seminar that introduces students to the historiography and methodology of important themes in history. Its topics vary. This is a required seminar for all History majors as preparation for the Senior Seminar. Utilizing secondary and selected primary sources students will consider how historians construct different interpretative narratives of past events.</t>
-[...1 lines deleted...]
-  <si>
     <t>Early Mod Europe:Age of Reform</t>
   </si>
   <si>
-    <t>A survey of the cultural, religious, social, economic and political history of Europe from 1300 to the end of the period of religious wars.  Emphasis on the cultural rebirth following upon the recovery of the art, literature and philosophy of cultural antiquity; on the Reformation and Counter-Reformation as marking the end of the "closed," relatively homogenous world of Medieval Christendom and an entrance into a more open universe of spiritual and intellectual possibilities; and on the economic, social and technological transformations that made possible and were in turn accelerated by the expansion of European societies into Africa, Asia and the Americas.</t>
-[...1 lines deleted...]
-  <si>
     <t>North American Enviro History</t>
   </si>
   <si>
-    <t>Environmental history is the study of past interactions between humans and nature, and this course examines environmental historical processes across the North American continent over time. While it is impossible to cover the entirety of North America¿s environmental past, in-depth explorations of various major themes, including biological exchanges, water and waterways, urbanization and industrialization, and energy production, will thoroughly introduce students to a wide variety of subject matter.</t>
-[...1 lines deleted...]
-  <si>
     <t>Senior Seminar in History</t>
   </si>
   <si>
-    <t>Major-HTY &amp; Standing-Sr</t>
-[...4 lines deleted...]
-  <si>
     <t>INA</t>
   </si>
   <si>
     <t>Intro to International Affairs</t>
   </si>
   <si>
-    <t>Provides a common introduction to the interdisciplinary study of the field.  Examines the core principles and concepts of the study of international affairs, the historical emergence and development of the contemporary global system, and the interaction between political actors and economic forces (especially between states and markets).</t>
-[...1 lines deleted...]
-  <si>
     <t>INT</t>
   </si>
   <si>
     <t>Experiential Prg Innov Central</t>
   </si>
   <si>
-    <t>Sophmore Standing</t>
-[...7 lines deleted...]
-  <si>
     <t>INV</t>
   </si>
   <si>
     <t>Fundamentals of Innovation</t>
   </si>
   <si>
-    <t>Regardless of one's field of study, students need to be able to identify problems and generate solutions, communicate these solutions effectively, and test and implement them successfully.  In this course, you will use the Innovation Engineering process and system, that incorporates skills and teaches students how to rapidly innovate and solve everyday problems.  This course is designed to provide a complete overview of the Innovation Engineering system.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 282</t>
   </si>
   <si>
     <t>Advanced Innovation Skills</t>
   </si>
   <si>
-    <t>INV 121</t>
-[...4 lines deleted...]
-  <si>
     <t>JST</t>
   </si>
   <si>
     <t>Introduction to Judaism</t>
   </si>
   <si>
-    <t>This course presents students with a survey of the developments in Jewish belief, practice, institutions and self-understanding from the Biblical period through the present day.  Through the study of both primary and secondary sources, students will become familiar with the major canonical texts of Judaism, religious law, liturgy, rites of passage, the Sabbath and festivals.  Students will learn how Jewish values, beliefs, philosophies, rituals and institutions developed within a variety of historical and cultural settings.  Students will learn of the unique way in which Jews and Judaism engage with themselves, with G-d, and with humanity.</t>
-[...1 lines deleted...]
-  <si>
     <t>Jewish History &amp; Antisemitism</t>
   </si>
   <si>
-    <t>This course is a history of antisemitism, describing its manifestations from pre-Christian Alexandria to the founding of the State of Israel. Students will be exposed to several academic and popular theories of antisemitism, exploring debates about its proper scope and development, and integrate these ideas with a study of the arc of Jewish history, read closely together in primary sources.</t>
-[...1 lines deleted...]
-  <si>
     <t>KPE</t>
   </si>
   <si>
     <t>Lifetime Fitness for Health</t>
   </si>
   <si>
-    <t>The course is designed to encourage personal awareness and responsibility for the maintenance of health and physical well-being through the seven dimensions of wellness; physical, intellectual, social, environmental, occupational, spiritual, and emotional.  Instruction on the role of physical activity and other health behaviors on the well-being of the human body will be emphasized.  Special emphasis will be directed towards developing a healthy balance between demands of school, work and social lives and their impacts on short and long-term health and fitness goals.  Specific topics of instruction over the semester will include an introduction to wellness and fitness, aerobic and muscular fitness, flexibility and back health, body composition and weight management, nutrition, stress, and other relevant topics pertaining to health.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 266</t>
   </si>
   <si>
     <t>Teach Dance &amp; Creative Move</t>
   </si>
   <si>
-    <t>Major-KPE</t>
-[...4 lines deleted...]
-  <si>
     <t>Prof Disp &amp; Research in PE</t>
   </si>
   <si>
-    <t>ENG 101 or equiv; KPE Major</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethics/Social Justice OL</t>
   </si>
   <si>
-    <t>KPE 265</t>
-[...4 lines deleted...]
-  <si>
     <t>Hlth Promotion/Disease Prevent</t>
   </si>
   <si>
-    <t>KPE, or EXS, Jr Stand or perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 427</t>
   </si>
   <si>
     <t>Health Fitness Internship</t>
   </si>
   <si>
-    <t>KPE 426 &amp; 2.75 GPA</t>
-[...4 lines deleted...]
-  <si>
     <t>LBR</t>
   </si>
   <si>
     <t>Information Literacy</t>
   </si>
   <si>
-    <t>Introduces students to the production, transmission, organization, use and control of information.  Provides the skills necessary to navigate the many kinds of information resources available today, including the Internet, other electronic formats and print materials.  Emphasis on developing critical thinking skills.</t>
-[...1 lines deleted...]
-  <si>
     <t>LDR</t>
   </si>
   <si>
     <t>Foundations of Leadership</t>
   </si>
   <si>
-    <t>Introduction to the study of leadership as a personal and social phenomenon from a multidisciplinary perspective, with a focus on the development of practical leadership skills and behaviors.  Emphasis on exploring the nature of leadership in diverse human contexts through civic and community engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Leadership Ethics</t>
   </si>
   <si>
-    <t>LDR 100 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Bipartisan Leadership:W. Cohen</t>
   </si>
   <si>
-    <t>LDR 100 or POS 100 or perm</t>
-[...4 lines deleted...]
-  <si>
     <t>LST</t>
   </si>
   <si>
     <t>Introduction to Labor Studies</t>
   </si>
   <si>
-    <t>Introduction to the field of Labor Studies, and interdisciplinary area of study encompassing the labor movement and labor organizations, work and the labor market, social class, employment law and relations, labor economics, diversity in work and the labor movement, and the sociology of work.</t>
-[...1 lines deleted...]
-  <si>
     <t>Work &amp; Labor in Global Econ</t>
   </si>
   <si>
-    <t>ECO120orHTY104orPOS100orSOC101</t>
-[...4 lines deleted...]
-  <si>
     <t>MAT</t>
   </si>
   <si>
     <t>Nature &amp; Language of Math</t>
   </si>
   <si>
-    <t>An opportunity for non-science majors to broaden their understanding of mathematics and to examine the connections between mathematics and other areas of human understanding.  Specific topics may vary from semester to semester and are chosen to provide students with the opportunity to explore, through inquiry and discovery, the development, structure, and application of mathematical systems.</t>
-[...1 lines deleted...]
-  <si>
     <t>Elem Algebra Mod Our World</t>
   </si>
   <si>
-    <t>MAT 103M</t>
-[...4 lines deleted...]
-  <si>
     <t>Elem Num Math  Mod Persp</t>
   </si>
   <si>
-    <t>Major-CHF/AED/EDE</t>
-[...4 lines deleted...]
-  <si>
     <t>Elem Descriptive Geometry</t>
   </si>
   <si>
-    <t>This course offers fundamental and relevant mathematics for prospective elementary teachers to teach K-6 geometry, measurement, data and statistics aligned with Maine state standards. Emphasis will be on exploration activities, problem solving and informal deductive reasoning. The use of appropriate manipulatives and technology is integrated throughout the course. The course models instructional techniques that can be adapted to the elementary school curricula.</t>
-[...1 lines deleted...]
-  <si>
     <t>App Math for Bus &amp; Econ</t>
   </si>
   <si>
-    <t>C in MAT 111orMath Place Exam</t>
-[...4 lines deleted...]
-  <si>
     <t>Intro to Calc</t>
   </si>
   <si>
-    <t>C in MAT 111 or Pass MPE</t>
-[...5 lines deleted...]
-  <si>
     <t>Applications of Calculus</t>
   </si>
   <si>
-    <t>C or better in MAT116 or 126</t>
-[...6 lines deleted...]
-  <si>
     <t>Pre-Calculus</t>
   </si>
   <si>
-    <t>Designed as a transitional course between high school algebra and college mathematics, particularly calculus.  Topics include a detailed study of polynomial, rational, exponential, logarithmic and trigonometric functions, stressing ideas needed by those who will take calculus.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 126</t>
   </si>
   <si>
     <t>Calculus I</t>
   </si>
   <si>
-    <t>C in MAT 122 or Pass MPE</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 127</t>
   </si>
   <si>
     <t>Calculus II</t>
   </si>
   <si>
-    <t>C or better MAT 126</t>
-[...6 lines deleted...]
-  <si>
     <t>Honors Level Calculus I</t>
   </si>
   <si>
-    <t>A more challenging introduction to calculus for students in mathematics, engineering, and the sciences. Covers differential and integral calculus of real functions of one variable, up to and including the fundamental theorem of calculus. The topics presented are similar to those in MAT 126, but theoretical concepts receive greater emphasis and problems of greater depth and scope are considered.
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 137</t>
   </si>
   <si>
     <t>Honors Level Calculus II</t>
   </si>
   <si>
-    <t>C or better in MAT 136 or perm</t>
-[...5 lines deleted...]
-  <si>
     <t>History of Mathematics</t>
   </si>
   <si>
-    <t>The goal of this course is to provide students interested in teaching middle- or high-school level mathematics, or others simply interested in the topic, the necessary understanding of the historical foundation of mathematics.  The course will explore the origins of mathematics from anthropological and sociological viewpoints.  It will then use this as a base for exploring the cultural development of basic numbering, arithmetic, basic statistics (mean, median, mode, etc.), simple probability, basic geometry, measurement (area, volume, etc.), patterns, including symmetry and basic networks, mathematical reasoning, and using mathematics to communicate.  The development of these areas, all of which are contained in the Maine State Learning Results for middle and secondary grades, will be explored from various cultural perspectives including a selection from prehistoric, Native American, Egyptian, Mesopotamian, Ancient Greek, Roman, Hindu, Islamic, Chinese, Korean, Japanese, and European cultures.  The course is designed to be a survey course that will allow for such a broad view of the development of mathematics.  Prerequisite: MAT 111M or permission of instructor.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro Abstract Mathematics</t>
   </si>
   <si>
-    <t>C or better MAT 127</t>
-[...4 lines deleted...]
-  <si>
     <t>Capstone Seminar in Math</t>
   </si>
   <si>
-    <t>Stand-Sr; MAT 261 &amp; 262</t>
-[...4 lines deleted...]
-  <si>
     <t>MEE</t>
   </si>
   <si>
     <t xml:space="preserve"> 365</t>
   </si>
   <si>
     <t>Thermo-Fluids Lab</t>
   </si>
   <si>
-    <t>C in MEE 230, Co-MEE 360</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 487</t>
   </si>
   <si>
     <t>Capstone Design I</t>
   </si>
   <si>
-    <t>MEE 360 &amp;381 &amp; Co-req MEE 370</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 488</t>
   </si>
   <si>
     <t>Capstone Design II</t>
   </si>
   <si>
-    <t>MEE 487</t>
-[...5 lines deleted...]
-  <si>
     <t>MES</t>
   </si>
   <si>
     <t>Introduction to Maine Studies</t>
   </si>
   <si>
-    <t>An interdisciplinary approach to the study of Maine through sources in history, literature, political science, Native American studies, Franco American studies, and other fields.  The unifying theme is the significance of locality in understanding the interaction between the landscape and the people.  How does the Maine landscape shape people's choices?  How do the people use the state's landscape and resources?  How do social, demographic, cultural, and environmental factors shape this relationship throughout history?  The activities examined include farming, fishing, lobstering, and lumbering.  How have commercial interests intersected with environmental concerns?  The cultures considered include Native American, early Anglo settlers, later Irish and Franco immigrants, and more recent immigration and refugee communities.</t>
-[...1 lines deleted...]
-  <si>
     <t>The Maine Coast</t>
   </si>
   <si>
-    <t>Seats Resrvd: Early College</t>
-[...4 lines deleted...]
-  <si>
     <t>Rachel Carson, Maine &amp; Environ</t>
   </si>
   <si>
-    <t>In this course, students will take a chronological approach to the study of Rachel Carson's life and work, reading her books in the order in which they were written, with attention to the role of "place," specifically the Maine coast, in fostering her achievement as a nature writer and in shaping her vision as an environmentalist.  Some of the questions the course will pose and attempt to answer are: what role did the Maine coast play in enabling Carson to understand the importance of the conservation of "wild" spaces?  In what ways did Carson's experience of the Maine coast contribute to her knowledge and understanding of the sea - a central theme in her work - in all its physical and metaphorical dimensions?  And how did Carson's establishment of a permanent home on the coast of Maine facilitate her development as a science and nature writer?</t>
-[...1 lines deleted...]
-  <si>
     <t>MET</t>
   </si>
   <si>
     <t xml:space="preserve"> 234</t>
   </si>
   <si>
     <t>Mechanical Tech Laboratory I</t>
   </si>
   <si>
-    <t>MET 219 &amp; MET 233</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve"> 462</t>
   </si>
   <si>
     <t>Design I</t>
   </si>
   <si>
-    <t>MET 219/MEE 251 &amp; MAT 127</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 463</t>
   </si>
   <si>
     <t>Design II</t>
   </si>
   <si>
-    <t>MET 462</t>
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve"> 465</t>
   </si>
   <si>
-    <t>MET 262 CoReq MET 463</t>
-[...5 lines deleted...]
-  <si>
     <t>MGT</t>
   </si>
   <si>
     <t>Intro Small Bus Management</t>
   </si>
   <si>
-    <t>This course provides an introduction to small business management. Students will learn about the different types of economic systems and measures of economic performance, phases of the business cycle, types of competition, and business ethics. The course covers social responsibility, international business challenges, and the advantages and disadvantages of different types of businesses. Students will also learn about management functions, production, human resources, motivation, and marketing, including the product life cycle, product mix, and pricing strategies. The course is designed to equip students with the foundational knowledge needed to succeed in managing small businesses.</t>
-[...1 lines deleted...]
-  <si>
     <t>Legal Environment of Bus</t>
   </si>
   <si>
-    <t>An examination of fundamental legal concepts and their application to the business community.  Considers the evolution of law and its underlying conceptual framework from which legal rules and principles of business develop.  Selected legal cases will be critically analyzed and discussed.
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve"> 328</t>
   </si>
   <si>
     <t>Can/U.S. Bus: A Comparison</t>
   </si>
   <si>
-    <t>A comparative review of the recent history of Canadian-U.S. business relations with primary emphasis on cross-border trade issues and the impact of that bilateral trade on Maine's business environment.  Focus on energy, lumber, paper, agricultural products, industrial production, freight/transportation, and foreign investments.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 330</t>
   </si>
   <si>
     <t>Managing Human Resources</t>
   </si>
   <si>
-    <t>Stand-Junior&amp;ECO120,121&amp;PSY100</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 331</t>
   </si>
   <si>
     <t>Labor-Management Relations</t>
   </si>
   <si>
-    <t>An interdisciplinary survey of the labor-management systems of the private and public sectors.  Considers the nature and characteristics of labor-management relations from structural, historical, international, legal, psychological, and economic perspectives.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 343</t>
   </si>
   <si>
     <t>Intro International Business</t>
   </si>
   <si>
-    <t>Mrj:BUA/ECO/FIE &amp;Jr&amp;ECO120&amp;121</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 406</t>
   </si>
   <si>
     <t>Sustainable Small Business Str</t>
   </si>
   <si>
-    <t>MGT 342; Sr Stand or perm</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 449</t>
   </si>
   <si>
     <t>Strategic Management</t>
   </si>
   <si>
-    <t>Sr. BUA;MGT325,FIN350,MKT270</t>
-[...6 lines deleted...]
-  <si>
     <t>MHR</t>
   </si>
   <si>
     <t>Counseling Diverse Populations</t>
   </si>
   <si>
-    <t>MHR 200 &amp; 205 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>MKT</t>
   </si>
   <si>
-    <t>Mrkt Mngmnt Small Business</t>
-[...7 lines deleted...]
-  <si>
     <t>Managerial Marketing</t>
   </si>
   <si>
-    <t>MKT 382 or MKT 410 &amp; Sr Stand</t>
-[...4 lines deleted...]
-  <si>
     <t>MLC</t>
   </si>
   <si>
     <t>Top Modern Languages</t>
   </si>
   <si>
-    <t>Specific topics determined by current interests of students and staff. May be repeated for credit if different topic is taken.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro. to Modern Languages</t>
   </si>
   <si>
-    <t>This course familiarizes students with fundamental questions of human language - what language is and how it works. This course studies where the modern languages come from, how they are related to one another and to ancient languages, and what happens when languages come into contact with one another. It serves as a basic introduction to linguistics as well as a primer in cultural and linguistic difference.  
-[...2 lines deleted...]
-  <si>
     <t>MSL</t>
   </si>
   <si>
     <t>Trn Mgt &amp; Warfighting Function</t>
   </si>
   <si>
-    <t>Focuses on Training Management and the Warfighting Functions.  It is an academically challenging course where commissioned students study, practice and apply the fundamentals of Training Management and how the Army operates through the Warfighting Functions.  At the conclusion of this course, the student will be capable of planning, preparing and executing training for a squad conducting small unit tactics.  This course includes one lab per week using peer facilitation overseen by MSL IV's, supervised by ROTC Cadre.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 302</t>
   </si>
   <si>
     <t>Trn App Ldr Small Unit Oper</t>
   </si>
   <si>
-    <t>Focuses on applied leadership in small unit operations.  It is an academically challenging course where the commissioned student will study, practice, and apply the fundamentals of direct level leadership and small unit tactics at the platoon level.  At the conclusion of the course, the commissioned students will be capable of planning, coordinating, navigating, motivating and leading a platoon in the execution of a mission.  This course includes a lab per week using peer facilitation overseen by MSL IV's, supervised by ROTC Cadre.  Successful completion of this course will help prepare the commissioned student for the Cadet Summer Training Advance Camp they will attend during the summer at Fort, Knox, KY.</t>
-[...1 lines deleted...]
-  <si>
     <t>The Evolution of Amer Warfare</t>
   </si>
   <si>
-    <t>CoReq MSL 100</t>
-[...4 lines deleted...]
-  <si>
     <t>The Army Officer</t>
   </si>
   <si>
-    <t>MSL 301 and 302</t>
-[...4 lines deleted...]
-  <si>
     <t>Company Grade Leadership</t>
   </si>
   <si>
-    <t>MSL 401 &amp; CoReq MSL 100 or Per</t>
-[...4 lines deleted...]
-  <si>
     <t>Cadet Troop Leader Training</t>
   </si>
   <si>
-    <t>Course provides Cadets the opportunity to experience leadership in Army Table of Organization and equipment (TO&amp; E) units throughout the Army over a three to four week period during the summer following the junior year.  Cadets serve in lieutenant-level leadership positions in active-duty units around the world.  Cadets must compete to be nominated by Cadre to participate in the program.  Cadet Troop Leader Training is a follow-on training experience upon completion of the Cadet Leaders Course at Fort Knox, Kentucky during the summer between the Cadets' junior and senior years.</t>
-[...1 lines deleted...]
-  <si>
     <t>MUE</t>
   </si>
   <si>
     <t>Intro to Music Education</t>
   </si>
   <si>
-    <t>Major-Music Majors Only</t>
-[...4 lines deleted...]
-  <si>
     <t>MUH</t>
   </si>
   <si>
     <t>History of Jazz</t>
   </si>
   <si>
-    <t>MUH 150</t>
-[...5 lines deleted...]
-  <si>
     <t>History of Western Music I</t>
   </si>
   <si>
-    <t>Music Mjrs &amp; MUL 202</t>
-[...4 lines deleted...]
-  <si>
     <t>MUL</t>
   </si>
   <si>
     <t>Art of Listen Mus:Elements</t>
   </si>
   <si>
-    <t>Designed for the student with no previous experience in music.  Provides a working vocabulary of terms and listening experiences intended to expand the basic understanding of the art form.</t>
-[...1 lines deleted...]
-  <si>
     <t>Music in Film-20th c &amp; Beyond</t>
   </si>
   <si>
-    <t>An Interdisciplinary Fine Arts course designed to introduce students to the wide scope of music supporting one hundred years of film (1915-2015).  The goal is a deepened musical literacy within the context of the film medium.  The scope includes music already recognized by the student but not known (i.e. The Shining, 2001:  A space Odyssey) to music by contemporary artists (i.e. Trent Reznor, Beck) to the great tradition of orchestral film composers like Bernard Hermann and James Horner.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rock'n Roll &amp; 20th Cent Music</t>
   </si>
   <si>
-    <t>Designed for students with no previous experience in music.  Studies the precursors of Rock'n Roll such as ragtime, jazz, country and blues.  Discusses how this music reflected and changed American and world cultures.  Also examines other music that branched out of western music in the late twentieth century.</t>
-[...1 lines deleted...]
-  <si>
     <t>Art Listen Mus:Hist Surv</t>
   </si>
   <si>
-    <t>MUL 101</t>
-[...4 lines deleted...]
-  <si>
     <t>MUO</t>
   </si>
   <si>
     <t>University Singers</t>
   </si>
   <si>
-    <t>Rehearsal and performance of choral concert repertoire.  Extended concert tours.  Five hours of rehearsal a week.  Attendance at all rehearsals and public performances required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Oratorio Society</t>
   </si>
   <si>
-    <t>Rehearsal and performance of major choral works.  Attendance at all rehearsals and public performances required.  May be repeated for credit.  Must sign up for the credit bearing section to receive credit towards general education requirements. Audition required.</t>
-[...1 lines deleted...]
-  <si>
     <t>Collegiate Chorale</t>
   </si>
   <si>
-    <t>Rehearsal and performance of choral music appropriate for choral singers with limited background and training.  No audition required; open to all students.  Attendance at all rehearsals and public performances required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Marching Band</t>
   </si>
   <si>
-    <t>This course is open to students who play piccolo, flute, clarinet, saxophone, trumpet, horn (mellophone), trombone, euphonium (marching baritone), tuba (sousaphone), or percussion. Students will perform at home football games and select off-campus events. The course begins one week before the start of fall semester classes, with participation in preseason rehearsals required. Attendance at all rehearsals and performances is mandatory. This course may be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Concert Band</t>
   </si>
   <si>
-    <t>Rehearsal and performance (on and off campus) of a variety of concert band literature appropriate for the general University instrumentalist.  Attendance required at rehearsals and performances.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Pep Band</t>
   </si>
   <si>
-    <t>This course is open to students who play piccolo, flute, clarinet, saxophone, trumpet, horn (mellophone), trombone, euphonium (marching baritone), tuba (sousaphone), or percussion. Students will perform at home hockey and basketball games and select off-campus events. Attendance at all rehearsals and performances is mandatory. This course may be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Symphonic Band</t>
   </si>
   <si>
-    <t>Rehearsal and performance of the most challenging and significant band literature.  Attendance required at rehearsals and performances.  Occasional touring on class days.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>University Orchestra</t>
   </si>
   <si>
-    <t>Rehearsal and performance of standard orchestral repertoire.  Attendance at all rehearsals and public performances required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 132</t>
   </si>
   <si>
     <t>Opera Workshop</t>
   </si>
   <si>
-    <t>Rehearsal and performance of standard opera repertory.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Brass Ensemble</t>
   </si>
   <si>
-    <t>The study and performance of chamber music for brass instruments.  May be repeated for credit. Must sign up for the credit bearing section to receive credit towards general education requirements. Audition required.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 143</t>
   </si>
   <si>
     <t>UMaine Jazz Ensemble</t>
   </si>
   <si>
-    <t>Rehearsal and performance of music for the large (16-24) jazz ensemble.  Membership through audition.  Attendance at all rehearsals and performances required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 149</t>
   </si>
   <si>
     <t>Chamber Music</t>
   </si>
   <si>
-    <t>The study and performance of chamber music.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Percussion Ensemble</t>
   </si>
   <si>
-    <t>Performs chamber music composed primarily for percussion instruments.  May be repeated for credit.  Must sign up for the credit bearing section to receive credit towards general education requirements. Audition required.</t>
-[...1 lines deleted...]
-  <si>
     <t>Chamber Jazz Ensemble</t>
   </si>
   <si>
-    <t>The rehearsal and performance of music for the Chamber Jazz Ensemble, that is, a small group consisting of one or several pitched instruments in "C", "Bb", "Eb", or "C bass clef" only, capable of a full chromatic scale with keyboard accompaniment (keyboardists must bring their own) for participation in the course.  Vocalists as well, who elect the ensemble, will need to play a pitched musical instrument that meets the criteria outlined above.  Attendance at all rehearsals and public performances required.  In addition, memorization of 4-8 works from the standard jazz repertory will be required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Black Bear Men's Chorus</t>
   </si>
   <si>
-    <t>Rehearsal and performance of men's choral repertoire.  Ensemble with members from campus and community.  Short audition used for placement within the ensemble only.  Attendance at all rehearsals and public performances required.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>MUS</t>
   </si>
   <si>
     <t>Applied Music:Private Lessons</t>
   </si>
   <si>
-    <t>Individual or group instruction in vocal or instrumental performance (drums, guitar, piano, violin, voice, winds, etc.).  Each student, whether a beginner or a more experienced musician, is expected to progress at his or her own optimum rate.  An in-house performance at semester's end (closed to the public) is the final for this course.  Instruction on some instruments may be contingent upon faculty availability.  May be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Applied Music Lessons</t>
   </si>
   <si>
-    <t>Music Major or Minor</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve"> 298</t>
   </si>
   <si>
     <t>Special Subjects in Music</t>
   </si>
   <si>
-    <t>Specific topics and approaches will be chosen jointly by interested students and the staff.  This offering is designed to address advanced issues not covered in regular offerings.  01-Italian Diction; 02-French Diction; 03-German Diction; 04-Harpsichord; 14-Field Practicum in Music Education; 20-Studies in European Culture; 21- Beginning Guitar; 25-Independent Study in Music History; 40-Athena Consort; 44-Recording Arts; 45-Black Bear Chorus; 64-Fundamentals of Music II.</t>
-[...7 lines deleted...]
-  <si>
     <t>MUY</t>
   </si>
   <si>
     <t>Fundamentals of Music</t>
   </si>
   <si>
-    <t>An elemental study of the dimensions and basic characteristics of musical sounds, with primary emphasis upon the development of skills and concepts through creating, performing and analysis.</t>
-[...1 lines deleted...]
-  <si>
     <t>NAS</t>
   </si>
   <si>
     <t>Intro Native American Std</t>
   </si>
   <si>
-    <t>Introduces the interdisciplinary perspective of Native American Studies.  Examines the experience of Native Americans, past and present, focusing on diverse and distinct cultural areas and historical events.  Explores Native Americans' integral part in the development of the Americas and the European impact on traditional Native societies, historically and currently.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro Wabanaki Cult/Hist/Iss</t>
   </si>
   <si>
-    <t>Examines the world view, way of life, history, art, literature and contemporary issues of the Native nations that make up the Wabanaki Confederacy.  The culture, philosophy and creation stories of the individual tribes, including the Penobscot, Passamaquoddy, Maliseet and Micmac tribes are explored.  In addition, concepts such as sovereignty, treaty rights and tribal government are discussed.  NAS 101 is recommended.</t>
-[...1 lines deleted...]
-  <si>
     <t>Wabanaki Languages I</t>
   </si>
   <si>
-    <t>NAS 101</t>
-[...5 lines deleted...]
-  <si>
     <t>Wabanaki Language II</t>
   </si>
   <si>
-    <t>NAS 202 or permission</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 230</t>
   </si>
   <si>
     <t>Gender in Native Amer Cult</t>
   </si>
   <si>
-    <t>This course explores the concept of gender in indigenous communities of North America. Course materials will explore historical and contemporary perspectives of gender and sexual orientation to better understand how Native communities define and practice gender. NAS 101 or WGS 101 is a recommended prerequisite.   (WGS 270 and NAS 270 are identical courses.)</t>
-[...1 lines deleted...]
-  <si>
     <t>NAV</t>
   </si>
   <si>
     <t>Sea Power &amp; Maritime Affairs</t>
   </si>
   <si>
-    <t>The history of navies in the modern period (c.  1500 to the present) including use of naval forces in the achievement of national goals, development of naval technology and tactics, effects of naval construction and manning upon society, sociology of navies, comparison of naval policies in various states, the current balance sheet of navies.  (Additional work will be required for Navy ROTC students.)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 304</t>
   </si>
   <si>
     <t>Leadership &amp; Ethics</t>
   </si>
   <si>
-    <t>Stand-JR or SR &amp; Permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Evolution of Warfare</t>
   </si>
   <si>
-    <t>Traces development of warfare from dawn of recorded history to the present, focusing on the impact of major military theorists, strategists, tacticians and technological developments.  Students acquire a basic sense of strategy, develop an understanding of military alternatives, and see the impact of historical precedence on military thought and actions.</t>
-[...1 lines deleted...]
-  <si>
     <t>NMD</t>
   </si>
   <si>
     <t>Intro to New Media</t>
   </si>
   <si>
-    <t>An exploration into the history, concepts, and modern practices of new media. Students will learn what defines new media, what they are, how they are produced, and how they challenge the way we think, create, and relate to our society/environment. This course will examine the benefits that emerging technologies afford, while also considering the challenges and consequences their adoption creates. Topics include computing, the web/internet, media production, digital narrative, microelectronics, additive manufacturing, and ethics in a digital era.</t>
-[...1 lines deleted...]
-  <si>
     <t>New Media Design</t>
   </si>
   <si>
-    <t>An introduction to the principles of digital design. Topics include illustration, graphic design, and image manipulation pertaining to both vector and raster-based imagery. Students will produce hands-on projects for critique such as abstracts, logos, portraits, posters, and digital paintings.</t>
-[...1 lines deleted...]
-  <si>
     <t>Creative Coding I</t>
   </si>
   <si>
-    <t>Introduction to programming as a new media art and design practice.  Use of creative processes in programming by writing code to generate images, sound, animations, text, and interactivity.  Use of computing environments such as processing for creating and developing software "sketches" that allow visual expression.  Understand and control how data is represented in computers (data types and structures), instruct computer how make decisions on the fly (conditionals), how and when to repeat instructions (loops), and structure and organize computer code (functions and objects).</t>
-[...1 lines deleted...]
-  <si>
     <t>3D Modeling &amp; Animation</t>
   </si>
   <si>
-    <t>An introduction to the principles of 3D computer modeling, rendering, and animation for both professional application and multimedia production. The primary software used in this course is Blender.</t>
-[...1 lines deleted...]
-  <si>
     <t>Digital Video Production</t>
   </si>
   <si>
-    <t>This course provides the basics of video production, incorporating both lecture and laboratory experience.  Students will learn about shot composition, sound, lighting, and editing, all from a digital video format.  Students will produce and edit several projects from a variety of media formats, depending on the interests of the student.  Prerequisite:  Sophomore standing or permission of instructor.</t>
-[...1 lines deleted...]
-  <si>
     <t>Digital Music Production</t>
   </si>
   <si>
-    <t>NMD 398 Topic</t>
-[...5 lines deleted...]
-  <si>
     <t>Doc Photo &amp; Strytelling</t>
   </si>
   <si>
-    <t>The constant evolution of digital technology has broadened the definition of documentary and as such, the tools to effectively tell a story have become more accessible. As a result, understanding the basic concepts of storytelling has never been more important. What makes a story interesting and compelling to a broad audience has not changed, only the tools to tell a story have. The root of this course will be based around gaining an understanding of storytelling through digital photography. Primary focus of this course will be educating students on how to take advantage of a variety of technologies for the specific purpose of creative expression from the perspective of a photographic documentarian.</t>
-[...1 lines deleted...]
-  <si>
     <t>Elec Music Comp I-Item/Arrange</t>
   </si>
   <si>
-    <t>Designed to provide students with an opportunity to explore the ideas and techniques of audio composition with recorded media.  Item and Arrangement refers to the style of composition that creatively places recorded sounds in a fixed timeline.  Starting with Musique Concrete in the late 1940's, this technique continues today as a foundation for many contemporary and popular forms, including acoustic ecology and hip-hop.  Students can expect to learn how to work with sound in the digital environment including fundamentals in field recording technique, waveform editing, filtering and digital processing.  Students will be expected to regularly produce and discuss work in relation to the theoretical history of Electronic Music.</t>
-[...1 lines deleted...]
-  <si>
     <t>New Media Capstone I</t>
   </si>
   <si>
-    <t>Sr Standing &amp; C- in NMD 306</t>
-[...5 lines deleted...]
-  <si>
     <t>New Media Capstone II</t>
   </si>
   <si>
-    <t>C- or better NMD 498</t>
-[...5 lines deleted...]
-  <si>
     <t>NUR</t>
   </si>
   <si>
     <t>Foundations Nursing Practice I</t>
   </si>
   <si>
-    <t>NUR Mjr; BIO/BMB/NUR</t>
-[...4 lines deleted...]
-  <si>
     <t>Scholarship of Wellness &amp; Mind</t>
   </si>
   <si>
-    <t>Nursing Major</t>
-[...4 lines deleted...]
-  <si>
     <t>Care of Adults I</t>
   </si>
   <si>
-    <t>NUR Mj; C in NUR/BIO/BMB</t>
-[...5 lines deleted...]
-  <si>
     <t>Dosage Calculation for Nurses</t>
   </si>
   <si>
-    <t>NUR 102 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 214</t>
   </si>
   <si>
     <t>Mindfulness Stress Reduc</t>
   </si>
   <si>
-    <t>Mindfulness-Based Stress Reduction (MBSR) is an empirically-supported 8-week psycho-educational group intervention that teaches mindfulness meditation as a health intervention. Created by Dr. Jon Kabat-Zinn in 1979. MBSR offers participants the possibility to develop a different relationship to stress resulting from chronic physical and psychological illnesses. Research outcomes have demonstrated positive improvements in physical and psychological symptoms and changes in health attitudes and behaviors.</t>
-[...1 lines deleted...]
-  <si>
     <t>Care of Adults II</t>
   </si>
   <si>
-    <t>NUR 200 and 300 level courses</t>
-[...4 lines deleted...]
-  <si>
     <t>Evidence Based Prac Healthcare</t>
   </si>
   <si>
-    <t>NUR, 3.0 GPA STS132/NUR200/300</t>
-[...5 lines deleted...]
-  <si>
     <t>Soc-Cul Iss Hlthl/Hlth Care</t>
   </si>
   <si>
-    <t>NUR Maj, Non-NUR by permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Com &amp; Population Hlth Care</t>
   </si>
   <si>
-    <t>NUR 340/341/413/414/415/453</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 455</t>
   </si>
   <si>
     <t>Senior Clinical Practicum</t>
   </si>
   <si>
-    <t>NUR 300 &amp; 400 level courses</t>
-[...4 lines deleted...]
-  <si>
     <t>PAX</t>
   </si>
   <si>
     <t>Intro to Peace &amp; Recon Studies</t>
   </si>
   <si>
-    <t>Introduces students to various concepts in the field of Peace and Reconciliation Studies.  Topics include forms of violence and their relationship to social structure and cultural practices; global militarization and environmental destruction and their impact on human needs; and peace-making and conflict resolution at both micro and macro levels.</t>
-[...1 lines deleted...]
-  <si>
     <t>Peace &amp; Pop Culture</t>
   </si>
   <si>
-    <t>Incorporates case studies and creative expression by active artist-peace builders working in different media throughout the World.  Students will investigate the sources, causes, processes and products that reside at the intersection of peace and popular culture.  Students will interpret, analyze and evaluate examples from art, music, theater, dance, poetry, literature, museums, gardens, trails, film, television, magazine, cartoon, radio, Internet, video game, and comic book publishing industries.</t>
-[...1 lines deleted...]
-  <si>
     <t>Realistic Pacifism</t>
   </si>
   <si>
-    <t>Using the international examples of such pragmatic practitioners of non-violence as Gandhi, this course explores the promise and success of peacemaking.  The broad influences of religion, democracy and social justice movement as applied to the struggle against global terrorism, and the ways in which these complex factors can converge to create a culture of forgiveness, reconciliation and restorative justice, will be the focus of the course.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 290</t>
   </si>
   <si>
     <t>Nonviolence: Percep &amp; Perspect</t>
   </si>
   <si>
-    <t>Nonviolence is a cornerstone of Peace and Reconciliation Studies, and a thorough understanding of the history, theory, and practice of the ideas and ethics relating to nonviolence is essential.  This interdisciplinary course investigates the development of theories of nonviolence and philosophical, cultural, and religious perspectives on nonviolence.  Examples of the practice of nonviolence from across the globe are highlighted, and the skills and tools necessary for the ethical practice of nonviolence and the creation of cultures of peace are investigated. 
-[...3 lines deleted...]
-  <si>
     <t>Forgiveness: Peace &amp; Reconcil</t>
   </si>
   <si>
-    <t>PAX 201</t>
-[...4 lines deleted...]
-  <si>
     <t>PHE</t>
   </si>
   <si>
     <t>Personal Wellness</t>
   </si>
   <si>
-    <t>This course is designed to help students explore the various dimensions of wellness, including the areas of physical, emotional, social, intellectual, spiritual, environmental, and financial wellness.  Students will gain experience developing achievable wellness goals and strategies to benefit them in their current personal lives and through their academic careers, as well as to support lifelong wellness.  Students will have opportunities to engage in a variety of activities that help expand and provide meaningful additions to their current wellness strategies.</t>
-[...1 lines deleted...]
-  <si>
     <t>PHI</t>
   </si>
   <si>
     <t>Contemporary Moral Problems</t>
   </si>
   <si>
-    <t>Examines a variety of moral problems causing controversy in contemporary society.  Focuses on evaluating arguments for and against competing solutions to these problems.  Also discusses different philosophical strategies for thinking about moral obligations and relationships.  Topics surveyed may include: abortion, affirmative action, euthanasia, feminism, the environment, capital punishment, welfare and aid to the needy, technology, war and racism, among others.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Philosophy</t>
   </si>
   <si>
-    <t>An introduction to philosophical thought and critical thinking through a reading of works from the philosophical tradition.  Readings might include works from philosophers such as Plato, Aristotle, Augustine, Descartes, Hume, Locke, Kant, Marx, Nietzche and/or other great works of philosophy.  Questions will be asked about the nature of wisdom and knowledge, the essence of reality and of ideas, human nature, virtue and community, justice and political life.</t>
-[...1 lines deleted...]
-  <si>
     <t>Think!</t>
   </si>
   <si>
-    <t>A study of principles used to distinguish correct from incorrect reasoning including the nature of thought, uses of language, recognition of arguments, informal fallacies, purposes and types of definition, deduction and induction.  Emphasis on understanding and mastering through practice some fundamental techniques for testing the soundness of many different kinds of reasoning.</t>
-[...1 lines deleted...]
-  <si>
     <t>Existentialism &amp; Literature</t>
   </si>
   <si>
-    <t>A critical study of philosophical significance of individual choices and actions involving questions of personal identity, responsibility and authenticity as these themes are developed in existentialist literature.  Special attention will be given to existentialist literary techniques.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Religious Studies</t>
   </si>
   <si>
-    <t>An analysis of religion as an expression of human culture past and present.  Considers institutional and non-institutional manifestations of religion as conveyed through myth and symbol, religious experience, struggle for societal change, mysticism, and quests for the articulation of human values.  Inquiry by various disciplines will be considered, e.g., anthropology, psychology, sociology, history, philosophy, and theology.</t>
-[...1 lines deleted...]
-  <si>
     <t>Life, Technology and Evolution</t>
   </si>
   <si>
-    <t>A philosophical study of the relationship between our evolutionary past, the emergence of cultures and technologies that define our human present, and the sustainability of life given the environmental challenges of the future. Focus will be given to recent ethical and ecological issues in biotechnology, local climate change issues and inter-disciplinary thinking.</t>
-[...1 lines deleted...]
-  <si>
     <t>Practicing Philosophy</t>
   </si>
   <si>
-    <t>Soph PHI, 1 PHI course, Perm</t>
-[...4 lines deleted...]
-  <si>
     <t>Classical Greek &amp; Roman</t>
   </si>
   <si>
-    <t>PHI Course or Soph Stand; perm</t>
-[...4 lines deleted...]
-  <si>
     <t>Continental Philosophy</t>
   </si>
   <si>
-    <t>A study of some of the most influential thinkers in 20th Century Continental Philosophy.  Explores themes central to this area of philosophy including the nature of self-identity, our ability to understand ourselves and our motivations, the social and political character of this understanding, and the implications of these themes for our understanding of such areas of human existence as ethics, art, and politics.  Authors considered in the course may include Freud, Sartre, Marcuse, Foucault, Deleuze, Derrida, de Beauvoir, and Judith Butler.</t>
-[...1 lines deleted...]
-  <si>
     <t>Classical Chinese Philosophy</t>
   </si>
   <si>
-    <t>This course provides an introduction to major philosophical schools in the "classical" period of (pre-Qin) China, including Confucianism, Mohism, Daoism, and Legalism.  We will concentrate on early debates over human nature and the best practices of self-cultivation, the general nature of the cosmos and the human role in it, and the proper ordering of society.  We will read not only the original texts by early Chinese philosophers, but also contemporary discussions and developments of their views.  These different philosophical positions greatly influenced later Chinese intellectual and social history, including the development of Buddhism, and shaped cultures and religions in Japan, Korea, and Southeast Asia as well. Thus, understanding these early debates is an important stepping-stone for understanding East Asian thought and culture generally.</t>
-[...1 lines deleted...]
-  <si>
     <t>Philosophy of Games</t>
   </si>
   <si>
-    <t>An introduction to the ways that philosophy can inform our understanding of games and the way games can provide new means for approaching philosophical problems. Topics include philosophical accounts of games, the aesthetic value and ethics of games, how formal theories of decision and games can be applied to philosophical problems, and how games can serve as a medium for addressing philosophical questions, with a focus on agency, personal identity, and meaning. Class preparation will require both reading philosophical texts and playing or watching play of assigned games.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 231</t>
   </si>
   <si>
     <t>Topics in Applied Ethics</t>
   </si>
   <si>
-    <t>Deals with the ethical issues in various professions and practices such as business, law, agriculture, government, science, teaching and journalism.  Different sections may focus on specific professions or problem areas (e.g.., Business Ethics, Environmental Ethics, etc..)</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental Ethics</t>
   </si>
   <si>
-    <t>A critical survey of major contemporary discussions of human relationships to nature and the causes of the environmental crisis.  Topics will include animal rights, biocentrism, deep ecology, ecofeminism, bio-regionalism, social ecology and sustainability.  Special attention will be given to building an ethical vocabulary for interpreting the place of humans in relation to the non-human.</t>
-[...1 lines deleted...]
-  <si>
     <t>Biomedical Ethics</t>
   </si>
   <si>
-    <t>Investigates physician, nursing, and hospital codes of conduct, the physician/patient relationship, concepts of health/disease, procreation/abortion decisions, genetics/reproductive technologies, health resources/social justice allocations, medical humanities, ethics in a pandemic, and other ethical dimensions of medical practice.</t>
-[...1 lines deleted...]
-  <si>
     <t>Social &amp; Political Philosophy</t>
   </si>
   <si>
-    <t>A critical study of major social and political philosophers from Plato to the present in light of their ethical and metaphysical systems.  Topics include the problem of justice, the nature of the state and its relationship to other social institutions, and the individual.  The primary focus will be on normative rather than descriptive theory.</t>
-[...1 lines deleted...]
-  <si>
     <t>Philosophy of Law</t>
   </si>
   <si>
-    <t>Topics include the nature and limits of law, sovereignty and legal duty. Special emphasis on theories of jurisprudence, the relationship between morality and law, the constitutional role of courts, and critical legal studies, including feminism, critical race theory, environmental law and deconstruction.</t>
-[...1 lines deleted...]
-  <si>
     <t>Logic</t>
   </si>
   <si>
-    <t>An introductory course in modern symbolic logic.  Techniques of deductive inference, including decision procedures and axiomatization, are studied in developing the propositional and predicative logics.  Some attention is given to metalogic and the philosophy of logic.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 262</t>
   </si>
   <si>
     <t>Philosophy of Art</t>
   </si>
   <si>
-    <t>An investigation of the nature and importance of aesthetic experience and its objects, the possibility of standards of art and taste, and the relation of art to other areas of experience.  Topics include art and morality, art and science, art and the environment.  Readings from Tolstoy, Hume, Dewey, Langer, Bell, Danto, Dickie and Beardsley, among others.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 287</t>
   </si>
   <si>
     <t>Classical Indian Philosophy</t>
   </si>
   <si>
-    <t>This course introduces major philosophical schools in pre-modern India (7th cen. BCE - 8th cen. CE), including Samkhya, Yoga, Nyaya, Vaisesika, Mimamsa, Vedanta, Jainism, Buddhism, and Carvak. Special emphasis is placed on arguments about the nature of the self, its relationship to ultimate reality, and methods of overcoming the human predicament. Readings include original texts by Indian philosophers in English translation as well as contemporary discussions and developments of their views. In this way the continuing influence of these philosophies in the religions and cultures of South Asia and worldwide diaspora is highlighted.</t>
-[...1 lines deleted...]
-  <si>
     <t>Philosophy Capstone</t>
   </si>
   <si>
-    <t>PHI 201/465, Sr Standing</t>
-[...4 lines deleted...]
-  <si>
     <t>PHY</t>
   </si>
   <si>
     <t>Descriptive Physics</t>
   </si>
   <si>
-    <t>An introduction to basic concepts of physics intended for the non-science major.</t>
-[...1 lines deleted...]
-  <si>
     <t>Technical Physics I</t>
   </si>
   <si>
-    <t>An introduction to the basic concepts of mechanics and heat with illustrations taken from technical applications.  Algebra and trigonometry are used.  Intended for Engineering Technology students.  NOTE: Because of overlapping subject matter, no more than four (4) degree credits are allowed for any combination of PHY 107, PHY 111 and PHY 121.</t>
-[...1 lines deleted...]
-  <si>
     <t>Technical Physics II</t>
   </si>
   <si>
-    <t>PHY 107</t>
-[...4 lines deleted...]
-  <si>
     <t>General Physics I</t>
   </si>
   <si>
-    <t>Anti PHY 111 and PHY 121</t>
-[...4 lines deleted...]
-  <si>
     <t>General Physics II</t>
   </si>
   <si>
-    <t>PHY 111</t>
-[...4 lines deleted...]
-  <si>
     <t>Phy Eng &amp; Physical Sci I</t>
   </si>
   <si>
-    <t>An introductory calculus-based physics course, primarily serving students majoring in engineering or the physical sciences. Focuses on mechanics. NOTE: While Calc I (MAT 126 or equivalent) is not a pre- or corequisite for PHY 121 (Physics for Eng. &amp; Physical Scientists I), it is a prerequisite for PHY 122 (Physics for Eng. &amp; Physical Scientists II). Since PHY 121 is calculus based, it is expected that students are either concurrently enrolled in or have prior credit for MAT 126. NOTE: Because of overlapping subject matter, no more than four (4) degree credits are allowed for any combination of PHY 107, PHY 111 and PHY 121.</t>
-[...1 lines deleted...]
-  <si>
     <t>Phy Eng &amp; Physical Sci II</t>
   </si>
   <si>
-    <t>C- in PHY 121; C in MAT 126</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 364</t>
   </si>
   <si>
     <t>Modern Experimental Physics</t>
   </si>
   <si>
-    <t>MAT 228, C- or better  PHY 236</t>
-[...4 lines deleted...]
-  <si>
     <t>Mechanics Laboratory</t>
   </si>
   <si>
-    <t>MAT 259, C-  PHY 451</t>
-[...4 lines deleted...]
-  <si>
     <t>Career Prep in PHY &amp; EPS II</t>
   </si>
   <si>
-    <t>Stand-Sr;  C- in PHY 200</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 481</t>
   </si>
   <si>
     <t>Project Lab in Physics I</t>
   </si>
   <si>
-    <t>Maj-PHY or EPS &amp; Stand-Sr</t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve"> 482</t>
   </si>
   <si>
     <t>Project Lab in Physics II</t>
   </si>
   <si>
-    <t>Maj-PHYorEPS; Stand-Sr;PHY481</t>
-[...5 lines deleted...]
-  <si>
     <t>POS</t>
   </si>
   <si>
     <t>American Government</t>
   </si>
   <si>
-    <t>Introduces the major principles, structures, processes and policies of United States government.  Covers the Constitution and its development, civil liberties, federalism, the role of political parties and interest groups, and the nature of the presidency, the bureaucracy, the Congress and the national courts.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to World Politics</t>
   </si>
   <si>
-    <t>A study of contemporary international politics focusing on the interaction of nation-states and including a review of the patterns of global politics from World War II to the present.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Political Theory</t>
   </si>
   <si>
-    <t>An introduction to the fundamental questions of political philosophy--what is justice? How ought we to live our lives? What is the best regime?--through detailed study of a few central books in the history of political thought, such as Plato's Republic and Machiavelli's Prince.</t>
-[...1 lines deleted...]
-  <si>
     <t>Amer State &amp; Local Govt</t>
   </si>
   <si>
-    <t>Examines the structure and activities of subnational governments, with particular attention to state modernization, intergovernmental relations, and comparisons between Maine and other states.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro Comparative Politics</t>
   </si>
   <si>
-    <t>Provides an introduction to the major themes of comparative politics, including: comparative political legacies, processes of modernization, comparative governmental institutions, modern political parties and interest groups, comparative policymaking processes, and problems of establishing and maintaining democratic government.</t>
-[...1 lines deleted...]
-  <si>
     <t>Canadian Govt &amp; Politics</t>
   </si>
   <si>
-    <t>Provides a historical background to the development of the Canadian political system.  Introduces the institutions and processes of Canadian government, federalism, political parties, and interest groups.  Considers major public policy issues in contemporary Canada.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to American Law</t>
   </si>
   <si>
-    <t>Examines the nature and function of law in America, emphasizing its evolution and incorporation as a dynamic social instrument.</t>
-[...1 lines deleted...]
-  <si>
     <t>Classical Political Thought</t>
   </si>
   <si>
-    <t>Stand-Jr or POS 201</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 303</t>
   </si>
   <si>
     <t>Early Mod Political Thought</t>
   </si>
   <si>
-    <t>A survey of early modern political philosophy from the Renaissance to the Enlightenment through detailed study of selected writings of Machiavelli, Descartes, F.  Bacon, Hobbes, Locke and others.</t>
-[...1 lines deleted...]
-  <si>
     <t>American Political Thought</t>
   </si>
   <si>
-    <t>The development of political ideas in America from the founding period to the present as expounded in the writings of American statesmen and political theorists, and foreign commentators such as Tocqueville.</t>
-[...1 lines deleted...]
-  <si>
     <t>Late Modern Political Thought</t>
   </si>
   <si>
-    <t>A survey of modern political philosophy from the French Revolution to the twentieth century through detailed study of selected writings of Rousseau, Hegel, Marx, Mill, Nietzsche, and contemporary authors.</t>
-[...1 lines deleted...]
-  <si>
     <t>Liberalism and its Critics</t>
   </si>
   <si>
-    <t>POS 201 or permisson</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 335</t>
   </si>
   <si>
     <t>Major Govrnmts West Europe</t>
   </si>
   <si>
-    <t>Stand-Jr &amp; POS 100</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 355</t>
   </si>
   <si>
     <t>Music &amp; Politics Amer Context</t>
   </si>
   <si>
-    <t>POS 100</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 385</t>
   </si>
   <si>
     <t>Women &amp; Politics</t>
   </si>
   <si>
-    <t>Stand-Jr or POS 100</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 453</t>
   </si>
   <si>
     <t>Political Behav/Participation</t>
   </si>
   <si>
-    <t>Looks at which citizens get involved in politics and why they do so.  Examines theories involving individual choice and resources, community organizations, interest group activities and social movements.  Additional topics include participation and democratic theory, historical reasons why participation has changed and proposals to increase citizen involvement in politics.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 467</t>
   </si>
   <si>
     <t>African Politics</t>
   </si>
   <si>
-    <t>6 hrs Political Science</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Sem Political Science</t>
   </si>
   <si>
-    <t>Maj-POS or IA; Stand-Sr</t>
-[...4 lines deleted...]
-  <si>
     <t>PSE</t>
   </si>
   <si>
     <t>Prin of Sustainable Agricul</t>
   </si>
   <si>
-    <t>Basic design principles and examples of environmentally and economically sustainable agricultural systems.  The course will describe the use of synthetic fertilizers and pesticides, but emphasis will be placed on identifying management practices that a) biologically improve soil structure, organic matter content, and fertility; and b) minimize or eliminate the need for chemical interventions for control of insect pests, pathogens, and weeds.</t>
-[...1 lines deleted...]
-  <si>
     <t>Introduction to Horticulture</t>
   </si>
   <si>
-    <t>Students will understand the science of growing plants.  They will apply botany and soil science to produce horticulture crops.  Students will work independently on hands-on projects to apply basic science principles in order to understand horticultural concepts including fruit and leaf morphology, seed germination, and plant growth.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 360</t>
   </si>
   <si>
     <t>Agroeco &amp; Sustain Crop Sys</t>
   </si>
   <si>
-    <t>PSE 105 or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Nursery Management</t>
   </si>
   <si>
-    <t>JR &amp; C- PSE/BIO/SFR 100</t>
-[...4 lines deleted...]
-  <si>
     <t>Landscape Management</t>
   </si>
   <si>
-    <t>C- in PSE 203 /221/325/403</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 430</t>
   </si>
   <si>
     <t>SL: Comm Eng &amp; Sust Capstone</t>
   </si>
   <si>
-    <t>Sr Stand ENH, SAG or SFS major</t>
-[...4 lines deleted...]
-  <si>
     <t>PSY</t>
   </si>
   <si>
     <t>General Psychology</t>
   </si>
   <si>
-    <t>Lecture on and discussions of basic psychological processes, including learning, perception, motivation and emotion, higher mental processes, individual differences, personality and additional selected topics.</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychology of Sustainability</t>
   </si>
   <si>
-    <t>PSY 100</t>
-[...4 lines deleted...]
-  <si>
     <t>Forensic Psychology</t>
   </si>
   <si>
-    <t>This course explores the interface of psychology and the legal system, with an emphasis on the role psychologists play in helping courts make informed decisions. The course covers landmark legal cases involving psychological science. Topics include criminal profiling, competence, the insanity defense, policy psychology, eyewitness testimony, expert testimony, jury selection, sentencing, and juvenile offending and rehabilitation.</t>
-[...1 lines deleted...]
-  <si>
     <t>Social Psychology</t>
   </si>
   <si>
-    <t>An introduction to the study of social behavior from a psychological perspective.  Representative topics include culture and personality, attitude formation and change, conformity, leadership and prejudice.</t>
-[...1 lines deleted...]
-  <si>
     <t>Statistics in Psychology</t>
   </si>
   <si>
-    <t>A survey of techniques used to obtain, display, analyze, and interpret data in psychology.  The lecture section will emphasize the theoretical bases of the topics, while the recitation section will allow students to focus upon the computational procedures involved in the various statistical techniques.</t>
-[...1 lines deleted...]
-  <si>
     <t>Senior Seminar in Psychology</t>
   </si>
   <si>
-    <t>Stand-Sr; PSY 241 &amp; 245</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Research Project</t>
   </si>
   <si>
-    <t>PSY 241 &amp; 245</t>
-[...5 lines deleted...]
-  <si>
     <t>REM</t>
   </si>
   <si>
     <t>Foun. of Recreation &amp; Parks</t>
   </si>
   <si>
-    <t>This course provides students with an overview of the nature, scope, and significance of recreation, parks, and tourism in today¿s society, the theoretical foundations of the field, and the major leisure service institutions. Students will identify the key social, political, and cultural factors which affected the development and influence the future of these institutions; along with key people who played major roles in developing the various philosophies which guide them. Institutions studied include community recreation and the playground movement, state and municipal parks, federal lands and the conservation movement, organized camping, youth organizations, outdoor education, and selected sports. This course also provides students with an overview of career opportunities in the recreation industry including discussions of professionalism, exploration of career objectives, and personal interaction with working professionals from several different segments of the recreation industry.</t>
-[...1 lines deleted...]
-  <si>
     <t>Nature-Based Tourism/Sust Dvpt</t>
   </si>
   <si>
-    <t>REM 121 as prerequisite</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve"> 442</t>
   </si>
   <si>
     <t>Recreation Seminar</t>
   </si>
   <si>
-    <t>Senior standing or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>SED</t>
   </si>
   <si>
     <t>Student Teaching: Special Ed</t>
   </si>
   <si>
-    <t>Education Major, Minor or Post</t>
-[...4 lines deleted...]
-  <si>
     <t>SFR</t>
   </si>
   <si>
     <t>Intro to Forest Biology</t>
   </si>
   <si>
-    <t>Introductory concepts related to forest plants, animals, environment and ecology.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to Forest Resources</t>
   </si>
   <si>
-    <t>A week long field course designed to introduce students to the forest and its components, its ecology, and its use by society.</t>
-[...1 lines deleted...]
-  <si>
     <t>Struct &amp; Func Woody Plants Lab</t>
   </si>
   <si>
-    <t>Prereq/Coreq SFR/PSE/BIO 100</t>
-[...4 lines deleted...]
-  <si>
     <t>Introduction to Tourism</t>
   </si>
   <si>
-    <t>Introduction to tourism is designed to help students of all disciplines understand one of the largest industries in the world.  This course will introduce the nature, structure and complexity of travel and tourism with special emphasis on nature-based tourism-how it's defined, how it evolved, and its magnitude globally.  Students will examine types and functions of various stakeholders in the creation and delivery of tourism including governments, private sector and communities.  Finally this course will explore the motivations for travel affecting demand for tourism.</t>
-[...1 lines deleted...]
-  <si>
     <t>Forest Measurements &amp; Stats</t>
   </si>
   <si>
-    <t>SFR 107</t>
-[...4 lines deleted...]
-  <si>
     <t>Intr Sustain Mat and Tech</t>
   </si>
   <si>
-    <t>Introduction to sustainable materials and products (including energy) derived from the forests and other renewable resources as well as processes and technology to produce, process and convert such materials into useful products..  The fundamentals of production systems will be described through required raw material forms and processing systems.  The attributes and use of these products will be described from physical, chemical, mechanical, biological, and lifecycle perspectives.</t>
-[...1 lines deleted...]
-  <si>
     <t>Environment and Society</t>
   </si>
   <si>
-    <t>Introduces the concepts and principles necessary to understand the connections between human behavior and environmental conditions.  The course includes a review of the conservation and environmental movements in the United States, tracing changing American values towards forests and other natural resources over time.  Students learn how to critically analyze the social, economic, and environmental aspects of various case studies concerning society-environment connections by evaluating diverse information sources.</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental Comm Skills</t>
   </si>
   <si>
-    <t>The nature and problems of environmental communication, with opportunities to practice communication through a range of exercises.</t>
-[...1 lines deleted...]
-  <si>
     <t>Park Systems of the World</t>
   </si>
   <si>
-    <t>An examination of national parks as cultural identity.  Topics include the genesis and rate of spread of the national parks idea, the cultural/political/economic environment of national parks, parks and the natural environment, comparative park system administration, and the trend and condition of the world's park systems.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 444</t>
   </si>
   <si>
     <t>Forest Resources Economics</t>
   </si>
   <si>
-    <t>ECO 120 or ECO 121</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 446</t>
   </si>
   <si>
     <t>Forest Resources Policy</t>
   </si>
   <si>
-    <t>Mechanisms involved in, and influences on the evolution of national, state and private forest policies in the United States and other nations.  Development of professional codes of ethics in Forestry and examination of professional, private business, environmental, and public sector ethical challenges, particularly in the formation of forest policies.  If previously taken this course as a Topics course under SFR 617,  this course cannot be repeated for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Bio Source, Sytm &amp; Env Effects</t>
   </si>
   <si>
-    <t>A detailed introduction to the use of biomass for bioenergy and includes a broad review of biomass sources, processing systems, human health effects, potential environmental damage, pollution abatement, energy generating systems and the general effects of using renewable and non-renewable sources of energy on the human population.  Common definitions, units and the basic thermodynamics of biomass use are discussed.  Environmental issues including greenhouse gas emissions are examined along with the benefits and environmental concerns related to using renewable sources of bioenergy.  Specific examples, volatile organic chemical release and energy use in drying forest resources are included.  Scheduled labs involve field trips.  Students enrolling in the course should have passed at least one course meeting the general requirement for science with lab or application of science.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 457</t>
   </si>
   <si>
     <t>Tree Pests &amp; Disease</t>
   </si>
   <si>
-    <t>BIO 100 or SFR 100</t>
-[...4 lines deleted...]
-  <si>
     <t>Forest Landscape Mgmt &amp; Plan</t>
   </si>
   <si>
-    <t>SFR359 or SFR409/509&amp;SFR 4/544</t>
-[...4 lines deleted...]
-  <si>
     <t>Wild &amp; Protect Areas Mgmt</t>
   </si>
   <si>
-    <t>SFR 228</t>
-[...4 lines deleted...]
-  <si>
     <t>Small Woodlot Management</t>
   </si>
   <si>
-    <t>SFR 489 and permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Capstone in PRT</t>
   </si>
   <si>
-    <t>Senior Standing and Permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Capstone Directed Study</t>
   </si>
   <si>
-    <t>SR Stand FBB/FTY/PRT</t>
-[...5 lines deleted...]
-  <si>
     <t>Sustainable Tourism Planning</t>
   </si>
   <si>
-    <t>Sr Stand in PRT or permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Research I</t>
   </si>
   <si>
-    <t>Maj-FEC; Stand-Jr</t>
-[...5 lines deleted...]
-  <si>
     <t>Senior Research II</t>
   </si>
   <si>
-    <t>Stand-Sr and SFR 498</t>
-[...5 lines deleted...]
-  <si>
     <t>SMS</t>
   </si>
   <si>
     <t>Intro to Ocean Science</t>
   </si>
   <si>
-    <t>A non-laboratory survey of the broad field of marine science, stresses the interconnections among aspects of oceanography, marine biology and ecology, living marine resources and human interactions with the marine environment.  Practical applications of basic scientific principles are stressed.</t>
-[...1 lines deleted...]
-  <si>
     <t>Oceanography</t>
   </si>
   <si>
-    <t>This interdisciplinary course is an introduction to a variety of physical, chemical, geological and biological aspects of marine and oceanic environments.  In particular, we will examine how physical processes shape biological patterns and interactions in the oceans.  Students will become familiar with local benthic and pelagic marine communities, their ecology and their animals and plants.  Topics will include ocean circulation, larval biology, plate tectonics, formation of ocean basins, ocean structure and chemistry, waves, tides, biology of marine life, food webs, productivity, ecology of marine communities and human effects on the oceans.  Through the process of scientific inquiry, students will learn to recognize patterns, formulate and test hypotheses and collect data in the field and laboratory using a variety of hands-on oceanographic techniques.</t>
-[...10 lines deleted...]
-  <si>
     <t>Intro Marine Pol &amp; Fish Manage</t>
   </si>
   <si>
-    <t>This course focuses on the human dimensions of ocean conservation and management, with emphasis on marine fisheries management in the United States.  Students will be introduced to a variety of tools and policy approaches for managing complex marine ecosystems.  Discussion and readings will highlight current and historical challenges facing oceans management, as well as the role of scientists and other stakeholders in marine conservation.  Potential issues addressed include ecosystem-based management, fishing communities, collective action dilemmas, bycatch and gear technology, marine protected areas and habitat, marine mammal and protected species conservation, aquaculture policy, and global climate change.</t>
-[...10 lines deleted...]
-  <si>
     <t>Capstone Rsch Exp Mar Sci</t>
   </si>
   <si>
-    <t>Capstone research project or research paper for students obtaining the Bachelor of Science in Marine Science.  Marine Science majors must complete at least three credits of SMS 400 and one credit of SMS 404 to satisfy the Capstone requirement for graduation.  Students are advised to complete SMS 400 during the senior year.
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve"> 404</t>
   </si>
   <si>
     <t>Capstone Sem Marine Science</t>
   </si>
   <si>
-    <t>Stand-Jr &amp; 12 cr hrs SMS</t>
-[...5 lines deleted...]
-  <si>
     <t>Seminar in Marine Ecology</t>
   </si>
   <si>
-    <t>SMS 306</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Seminar/Marine Biology</t>
   </si>
   <si>
-    <t>A course that will offer senior-level marine biology students interesting and challenging material of a topical nature.  Readings will draw from both primary and secondary sources.  Content is discussed in group settings.  Students will investigate areas of particular interest to them through written and oral presentations.  Prerequisites: Completion of all other requirements within Marine Biology or permission of instructor.</t>
-[...1 lines deleted...]
-  <si>
     <t>SOC</t>
   </si>
   <si>
     <t>Introduction to Sociology</t>
   </si>
   <si>
-    <t>Introduces the fundamental concepts, principles, and methods of sociology, analyzes the influence of social and cultural factors upon human behavior and evaluates effect of group processes, social classes, stratification, and basic institutions on contemporary society.</t>
-[...1 lines deleted...]
-  <si>
     <t>Social Inequality</t>
   </si>
   <si>
-    <t>CRJ 114 or SOC 101 or perm</t>
-[...4 lines deleted...]
-  <si>
     <t>Sociology of Deviance</t>
   </si>
   <si>
-    <t>SOC 101 or Permission</t>
-[...4 lines deleted...]
-  <si>
     <t>Topics in Sociology</t>
   </si>
   <si>
-    <t>A second-level study of topics such as "Sociology of Youth." "Sociology of Countercultures," "Sociology of Sport," and "Urban Sociology." May be repeated for credit if the topics differ.</t>
-[...1 lines deleted...]
-  <si>
     <t>Research Foundations</t>
   </si>
   <si>
-    <t>SOC 101</t>
-[...4 lines deleted...]
-  <si>
     <t>Stats Reasoning in Sociology</t>
   </si>
   <si>
-    <t>The use of statistical methods in sociological research. Topics include descriptive and inferential statistics and hypothesis testing. Special emphasis place on sociological applications of statistical techniques, an understanding of when they are appropriate to use, and the information they yield.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rural Sociology</t>
   </si>
   <si>
-    <t>Stand-Jr &amp; SOC 101</t>
-[...10 lines deleted...]
-  <si>
     <t>SPA</t>
   </si>
   <si>
     <t>Elementary Spanish I</t>
   </si>
   <si>
-    <t>A systematic study of the basics of the Spanish language.  Equal emphasis on developing reading, comprehension, speaking and writing skills.  For students with no previous study of Spanish or fewer than two years in high school.
-[...2 lines deleted...]
-  <si>
     <t>Elementary Spanish II</t>
   </si>
   <si>
-    <t>SPA 101 or 109</t>
-[...4 lines deleted...]
-  <si>
     <t>Spanish for Med Professions</t>
   </si>
   <si>
-    <t>In response to the ever-growing Spanish-speaking population in the United States, this course will address the specific Spanish communications skills required by those students who intend to pursue careers in medical or health-care fields.  This course will focus on medical situations with Spanish-speaking patients and/or family members with limited English.  It will emphasize technical vocabulary, idiomatic expressions, and grammar, as well as cultural awareness. This course is the equivalent to SPA 101. SPA 101 and SPA 109 cannot both be taken for credit.</t>
-[...1 lines deleted...]
-  <si>
     <t>Spanish for Medical Prof II</t>
   </si>
   <si>
-    <t>SPA 101 or SPA 109, or test</t>
-[...4 lines deleted...]
-  <si>
     <t>Intermediate Spanish I</t>
   </si>
   <si>
-    <t>SPA 102</t>
-[...4 lines deleted...]
-  <si>
     <t>Intermediate Spanish II</t>
   </si>
   <si>
-    <t>SPA 203</t>
-[...1 lines deleted...]
-  <si>
     <t>Applied Spanish</t>
   </si>
   <si>
-    <t>SPA 204 or 217 or 300 level</t>
-[...4 lines deleted...]
-  <si>
     <t>Wrkshp Speak &amp; Writ Spanish</t>
   </si>
   <si>
-    <t>Develops fluency and accuracy in written and oral Spanish.  Students help design course content through projects, performances, and problem-solving.</t>
-[...1 lines deleted...]
-  <si>
     <t>Spanish for the Professions</t>
   </si>
   <si>
-    <t>Designed to provide students who have an intermediate-level knowledge of Spanish familiarity with specialized language and conventions in professional situations. Emphasis will be given to vocabulary and writing skills for professional use as well as awareness of Hispanic culture, cross-cultural communications and applications in Spanish speaking countries. Authentic up-to-date information will require regular use of the Internet as a source of reading. All classes are conducted in Spanish.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 414</t>
   </si>
   <si>
     <t>Hty of the Spanish Language</t>
   </si>
   <si>
-    <t>SPA 307 or 308, perm; INT 410</t>
-[...5 lines deleted...]
-  <si>
     <t>Theory &amp; Tech of Translation</t>
   </si>
   <si>
-    <t>SPA 307 or 308</t>
-[...4 lines deleted...]
-  <si>
     <t>Senior Project in Spanish</t>
   </si>
   <si>
-    <t>Capstone Experience in which majors in Spanish and in International Affairs with a concentration in Spanish, or in Cultures, Languages and the Humanities, apply language skills and knowledge gained from all prior language study.  Students work closely with a faculty advisor on  an approved project and give a public presentation of the project in Spanish. When taken as a stand-alone course, the coursework will reflect the work of three credit hours, regardless of number of credits taken. When taken in conjunction with another Spanish course at the 400 level, the course will carry no credit and will be graded Pass/Fail only.</t>
-[...1 lines deleted...]
-  <si>
     <t>SPT</t>
   </si>
   <si>
     <t>Intro to Sport Management</t>
   </si>
   <si>
-    <t>C- MGT 101</t>
-[...4 lines deleted...]
-  <si>
     <t>SSC</t>
   </si>
   <si>
     <t>Statistics for Social Sciences</t>
   </si>
   <si>
-    <t>ANT,CMY,PS or SOC</t>
-[...10 lines deleted...]
-  <si>
     <t>STS</t>
   </si>
   <si>
     <t>Prin Statistical Inference</t>
   </si>
   <si>
-    <t>Intended for students who will use statistics as an aid to the comprehension of quantitative work done by others and for students who will follow this course by an intermediate level applied statistics course.  An introduction to the language and methods of statistical analysis, probability, graphic and numeric descriptive methods and inference from sample data. Two years of high school algebra are required. 
-[...2 lines deleted...]
-  <si>
     <t>Intro to Statistical Methods</t>
   </si>
   <si>
-    <t>C- or higher in MAT 127</t>
-[...6 lines deleted...]
-  <si>
     <t>SVT</t>
   </si>
   <si>
     <t>Boundary Law</t>
   </si>
   <si>
-    <t>SVT 202 or two years survey pr</t>
-[...4 lines deleted...]
-  <si>
     <t>Survey Business Law</t>
   </si>
   <si>
-    <t>Jr. standing</t>
-[...4 lines deleted...]
-  <si>
     <t>Small Business Management</t>
   </si>
   <si>
-    <t>Provides a broad overview of the skills necessary to operate a small business.  Focuses on teaching basic marketing, accounting and management skills with an emphasis on topics that impact the small business owner.  (Fall.)</t>
-[...1 lines deleted...]
-  <si>
     <t>SL: Surveying Capstone</t>
   </si>
   <si>
-    <t>Jr.; SVT or permission</t>
-[...7 lines deleted...]
-  <si>
     <t>SWK</t>
   </si>
   <si>
     <t>Intro Social Work</t>
   </si>
   <si>
-    <t>Focuses on the history and development of social welfare and social work, the basic values and concepts of social work practice and the major fields of social work practice.  Second semester students or sophomore level.</t>
-[...1 lines deleted...]
-  <si>
     <t>Cont Iss Diversity &amp; Pluralism</t>
   </si>
   <si>
-    <t>Examines plurality and diversity from a standpoint of difference created by culture, race, social structure, religious affiliation, gender, age, sexual orientation and ability.  Issues of prejudice and discrimination examined on an individual and societal level.</t>
-[...1 lines deleted...]
-  <si>
     <t>Social Welfare Pol &amp; Issues</t>
   </si>
   <si>
-    <t>SWK 320</t>
-[...4 lines deleted...]
-  <si>
     <t>BSW Generalist Internship</t>
   </si>
   <si>
-    <t>SWK361&amp;440;Co-SWK462or463</t>
-[...4 lines deleted...]
-  <si>
     <t>THE</t>
   </si>
   <si>
     <t>Intro to Theatre</t>
   </si>
   <si>
-    <t>A basic appreciation course for the general student as well as prospective theatre majors that explores the process of theatrical expression throughout history and its relationship to culture.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dramatic Literature</t>
   </si>
   <si>
-    <t>The role of "the play" as literature and as theatre. Stress on dramatic form and content and on the uniqueness of the drama to reflect the philosophical, social and political environment.</t>
-[...1 lines deleted...]
-  <si>
     <t>Fundamentals of Acting</t>
   </si>
   <si>
-    <t>Focus on the basic skills of acting, including internal preparation for playing a role, character analysis, vocal and physical development and techniques for projecting to an audience.</t>
-[...1 lines deleted...]
-  <si>
     <t>Fundamentals of Design</t>
   </si>
   <si>
-    <t>THE 120</t>
-[...4 lines deleted...]
-  <si>
     <t>Fundamentals of Directing</t>
   </si>
   <si>
-    <t>THE 117</t>
-[...4 lines deleted...]
-  <si>
     <t>Global Theatre History</t>
   </si>
   <si>
-    <t>THE 212</t>
-[...4 lines deleted...]
-  <si>
     <t>Theatre Capstone Seminar</t>
   </si>
   <si>
-    <t>A synthesis of the major's knowledge in a selected area of interest within theatre.
-[...2 lines deleted...]
-  <si>
     <t>Theatre Capstone Project</t>
   </si>
   <si>
-    <t>THE 415</t>
-[...4 lines deleted...]
-  <si>
     <t>Topics in Global Theatre</t>
   </si>
   <si>
-    <t>This course will investigate specific themes and topics in global theatre and
-[...3 lines deleted...]
-  <si>
     <t>UST</t>
   </si>
   <si>
-    <t>Stand-Sr &amp; Major-BUS</t>
-[...4 lines deleted...]
-  <si>
     <t>VOX</t>
   </si>
   <si>
     <t>Beginning Spoken Chinese I</t>
   </si>
   <si>
-    <t>Beginning Chinese language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Italian I</t>
   </si>
   <si>
-    <t>Beginning Italian language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Japanese I</t>
   </si>
   <si>
-    <t>Beginning Japanese language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Korean I</t>
   </si>
   <si>
-    <t>Beginning Korean language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Portuguese I</t>
   </si>
   <si>
-    <t>Beginning Portuguese language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Russian I</t>
   </si>
   <si>
-    <t>Beginning Russian language study using a combination of self-instruction and recitation.  Class is taught by native speakers in the target language, and includes a high degree of cultural engagement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Beginning Spoken Italian II</t>
   </si>
   <si>
-    <t>VOX 106</t>
-[...4 lines deleted...]
-  <si>
     <t>Beginning Spoken Japanese II</t>
   </si>
   <si>
-    <t>VOX 107</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 138</t>
   </si>
   <si>
     <t>Beginning Spoken Korean II</t>
   </si>
   <si>
-    <t>VOX 108</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 139</t>
   </si>
   <si>
     <t>Beginning Spoken Portuguese II</t>
   </si>
   <si>
-    <t>VOX 109</t>
-[...4 lines deleted...]
-  <si>
     <t>Beginning Spoken Russian II</t>
   </si>
   <si>
-    <t>VOX 110</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> 167</t>
   </si>
   <si>
     <t>Beginning Spoken Japanese III</t>
   </si>
   <si>
-    <t>VOX 137</t>
-[...4 lines deleted...]
-  <si>
     <t>Critical Languages (Other)</t>
   </si>
   <si>
-    <t>Specific topics determined by current interests of students and staff.  May be repeated for credit if different topic is taken.</t>
-[...1 lines deleted...]
-  <si>
     <t>Interm Spoken Japanese I</t>
   </si>
   <si>
-    <t>Intermediate Japanese language study using a combination of self-instruction and recitation.  Class focuses on oral communication and is taught by a native speaker.  Includes a high degree of cultural engagement.  Satisfies the General Education Cultural Diversity and International Perspectives Requirement.</t>
-[...1 lines deleted...]
-  <si>
     <t>Interm Critical Lang (Other)</t>
   </si>
   <si>
-    <t>Specific languages determined by current interests of students and staff.  May be repeated for credit if taking a higher level of the same language or a different language.</t>
-[...1 lines deleted...]
-  <si>
     <t>WGS</t>
   </si>
   <si>
     <t>Intro Wmn, Gndr &amp; Sexuality St</t>
   </si>
   <si>
-    <t>An introduction to Women's, Gender and Sexuality Studies and to its perspectives.  The course will use interdisciplinary perspectives to begin to examine the categories of gender and sexuality, as they intersect with race, ethnicity, class, nationality, disability and other sites of social inequality.</t>
-[...1 lines deleted...]
-  <si>
     <t>Intro to LGBT Studies</t>
   </si>
   <si>
-    <t>Introduces the major perspectives and issues in lesbian, gay, bisexual, transgender and queer studies, including histories and institutions, identities and representations, and cultures and subcultures.</t>
-[...1 lines deleted...]
-  <si>
     <t>Men and Masculinities</t>
   </si>
   <si>
-    <t>WGS 203</t>
-[...5 lines deleted...]
-  <si>
     <t>Intro Fem &amp; Crit Data Analysis</t>
   </si>
   <si>
-    <t>The course will feature a certain tension as we learn how to leverage software and mathematical methods to analyze publicaly available data to investigate the history and present of marginalized groups and social inequities.  Alongside this technical and quantitative work, we will consider various critiques of quantitative methods and Western knowledge in general.  
-[...6 lines deleted...]
-  <si>
     <t>Women, Health &amp; Environment</t>
   </si>
   <si>
-    <t>WGS 101</t>
-[...4 lines deleted...]
-  <si>
     <t>Women &amp; Music</t>
   </si>
   <si>
-    <t>Explores the contributions and roles of women as composers, performers, teachers, conductors and patrons in Western Art music, non-Western art music and popular music.  A wide spectrum of musical compositions by women in various styles will be studied, through recordings and live performances.
-[...2 lines deleted...]
-  <si>
     <t>Gardening as Social Justice</t>
   </si>
   <si>
-    <t>This course provides an introductory look into the detailed study of gardening as both a site of social justice and as an amateur or professional practice.  The practice of gardening is rooted in the histories of feminism, Native American studies, class and food insecurity, racial (in)justice, and more.  This class will engage with the history and practice of gardening through an intersectional lens, to see how marginalized populations have reclaimed gardening to meet their needs.  Students will also learn some of the scientific and ecological practices behind gardening.  Students will work to design their own garden space, modifying and adapting their design as each week goes on, and will end the semester with a garden design of their own that has taken issues of social and environmental justice in mind.
-[...2 lines deleted...]
-  <si>
     <t>Intersection &amp; Social Movement</t>
   </si>
   <si>
-    <t>WGS 101 and 6 credits of WGS</t>
-[...4 lines deleted...]
-  <si>
     <t>Feminist,Gender &amp; Queer Theory</t>
   </si>
   <si>
-    <t>6 hrs WGS incl WGS 101</t>
-[...10 lines deleted...]
-  <si>
     <t>WLE</t>
   </si>
   <si>
     <t>Ecology</t>
   </si>
   <si>
-    <t>BIO 100, 200 or SMS 201</t>
-[...4 lines deleted...]
-  <si>
     <t>Field Ecology &amp; Communication</t>
   </si>
   <si>
-    <t>WLE or ZOL Majors</t>
-[...4 lines deleted...]
-  <si>
     <t>Intro to Ecological Statistics</t>
   </si>
   <si>
-    <t>C- WLE/SMS/BIO &amp; C MAT</t>
-[...4 lines deleted...]
-  <si>
     <t>Intro Wildlife Conservation</t>
   </si>
   <si>
-    <t>Basic principles of wildlife ecology and conservation are illustrated with examples from Maine and around the world.</t>
-[...1 lines deleted...]
-  <si>
     <t>Wildlife-Habitat Relationship</t>
   </si>
   <si>
-    <t>WLE250&amp;WLE410 CoReq WLE 455</t>
-[...5 lines deleted...]
-  <si>
     <t>Wildlife Habitat Evaluation</t>
   </si>
   <si>
-    <t>WLE 250&amp;WLE 410 CoReq WLE 450</t>
-[...6 lines deleted...]
-  <si>
     <t>Ecol &amp; Mngmt Game Birds</t>
-  </si>
-[...7 lines deleted...]
-    <t>Description</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...22 lines deleted...]
-      <name val="arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="0"/>
       <name val="arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="0"/>
       <name val="arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="0"/>
       <name val="arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="0"/>
       <name val="arial"/>
     </font>
@@ -6383,141 +3194,114 @@
       <name val="arial"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC8C8C8"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color indexed="64"/>
+      <left style="double">
+        <color auto="1"/>
       </left>
-      <right style="thin">
-        <color indexed="64"/>
+      <right style="double">
+        <color auto="1"/>
       </right>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="double">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="double">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...20 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -6813,17870 +3597,9988 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:T699"/>
+  <dimension ref="A1:P679"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A53" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H61" sqref="H61"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.85546875" style="8" bestFit="1" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="21" max="16384" width="10.28515625" style="8"/>
+    <col min="1" max="1" width="7.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="31.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="18.5703125" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.5703125" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.28515625" style="17" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="9.85546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.42578125" style="17" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="17.28515625" style="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="11" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="12" t="s">
+      <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="13" t="s">
+      <c r="F1" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="14" t="s">
+      <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="15" t="s">
+      <c r="H1" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="16" t="s">
+      <c r="I1" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="17" t="s">
+      <c r="J1" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="18" t="s">
+      <c r="K1" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="19" t="s">
+      <c r="L1" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="20" t="s">
+      <c r="M1" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="21" t="s">
+      <c r="N1" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="22" t="s">
+      <c r="O1" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="23" t="s">
+      <c r="P1" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="4" t="s">
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>16</v>
       </c>
-      <c r="R1" s="5" t="s">
+      <c r="B2" t="s">
         <v>17</v>
       </c>
-      <c r="S1" s="6" t="s">
+      <c r="C2" t="s">
         <v>18</v>
       </c>
-      <c r="T1" s="7" t="s">
-[...7 lines deleted...]
-      <c r="B2" s="8" t="s">
+      <c r="M2" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
         <v>20</v>
       </c>
-      <c r="C2" s="8" t="s">
+      <c r="B3" t="s">
         <v>21</v>
       </c>
-      <c r="M2" s="24" t="s">
+      <c r="C3" t="s">
         <v>22</v>
       </c>
-      <c r="Q2" s="8" t="s">
+      <c r="E3" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="R2" s="9">
-[...5 lines deleted...]
-      <c r="T2" s="10" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="G4" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I4" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="8" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="H5" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="24" t="s">
-[...11 lines deleted...]
-      <c r="T3" s="10" t="s">
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="I6" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="K7" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I9" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" t="s">
+        <v>48</v>
+      </c>
+      <c r="I16" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="I17" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E19" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" t="s">
+        <v>56</v>
+      </c>
+      <c r="M20" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="M21" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="M22" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" t="s">
+        <v>64</v>
+      </c>
+      <c r="C24" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="H25" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="H26" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" t="s">
+        <v>71</v>
+      </c>
+      <c r="H27" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" t="s">
+        <v>72</v>
+      </c>
+      <c r="H28" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="H29" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" t="s">
+        <v>76</v>
+      </c>
+      <c r="H30" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" t="s">
+        <v>78</v>
+      </c>
+      <c r="H31" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" t="s">
+        <v>80</v>
+      </c>
+      <c r="H32" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B33" t="s">
+        <v>81</v>
+      </c>
+      <c r="C33" t="s">
+        <v>82</v>
+      </c>
+      <c r="H33" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>61</v>
+      </c>
+      <c r="B35" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" t="s">
+        <v>86</v>
+      </c>
+      <c r="H35" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>61</v>
+      </c>
+      <c r="B36" t="s">
+        <v>53</v>
+      </c>
+      <c r="C36" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" t="s">
+        <v>88</v>
+      </c>
+      <c r="C37" t="s">
+        <v>89</v>
+      </c>
+      <c r="M37" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>61</v>
+      </c>
+      <c r="B38" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" t="s">
+        <v>91</v>
+      </c>
+      <c r="M38" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B39" t="s">
+        <v>92</v>
+      </c>
+      <c r="C39" t="s">
+        <v>93</v>
+      </c>
+      <c r="M39" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>61</v>
+      </c>
+      <c r="B40" t="s">
+        <v>94</v>
+      </c>
+      <c r="C40" t="s">
+        <v>95</v>
+      </c>
+      <c r="M40" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>61</v>
+      </c>
+      <c r="B41" t="s">
+        <v>96</v>
+      </c>
+      <c r="C41" t="s">
+        <v>97</v>
+      </c>
+      <c r="M41" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
+        <v>99</v>
+      </c>
+      <c r="M42" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" t="s">
+        <v>59</v>
+      </c>
+      <c r="C43" t="s">
+        <v>100</v>
+      </c>
+      <c r="M43" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" t="s">
+        <v>102</v>
+      </c>
+      <c r="M44" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B45" t="s">
+        <v>103</v>
+      </c>
+      <c r="C45" t="s">
+        <v>104</v>
+      </c>
+      <c r="M45" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>61</v>
+      </c>
+      <c r="B46" t="s">
+        <v>105</v>
+      </c>
+      <c r="C46" t="s">
+        <v>106</v>
+      </c>
+      <c r="N46" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>107</v>
+      </c>
+      <c r="B47" t="s">
+        <v>62</v>
+      </c>
+      <c r="C47" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>107</v>
+      </c>
+      <c r="B48" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>107</v>
+      </c>
+      <c r="B49" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" t="s">
+        <v>112</v>
+      </c>
+      <c r="D49" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="C50" t="s">
+        <v>113</v>
+      </c>
+      <c r="D50" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" t="s">
+        <v>115</v>
+      </c>
+      <c r="D51" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
+        <v>116</v>
+      </c>
+      <c r="C52" t="s">
+        <v>117</v>
+      </c>
+      <c r="D52" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
+        <v>35</v>
+      </c>
+      <c r="C53" t="s">
+        <v>118</v>
+      </c>
+      <c r="D53" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" t="s">
+        <v>53</v>
+      </c>
+      <c r="C54" t="s">
+        <v>119</v>
+      </c>
+      <c r="D54" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>107</v>
+      </c>
+      <c r="B55" t="s">
+        <v>105</v>
+      </c>
+      <c r="C55" t="s">
+        <v>120</v>
+      </c>
+      <c r="M55" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>121</v>
+      </c>
+      <c r="B56" t="s">
+        <v>122</v>
+      </c>
+      <c r="C56" t="s">
+        <v>123</v>
+      </c>
+      <c r="K56" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>121</v>
+      </c>
+      <c r="B57" t="s">
+        <v>111</v>
+      </c>
+      <c r="C57" t="s">
+        <v>124</v>
+      </c>
+      <c r="L57" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>125</v>
+      </c>
+      <c r="B58" t="s">
+        <v>126</v>
+      </c>
+      <c r="C58" t="s">
+        <v>127</v>
+      </c>
+      <c r="P58" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>125</v>
+      </c>
+      <c r="B59" t="s">
+        <v>128</v>
+      </c>
+      <c r="C59" t="s">
+        <v>129</v>
+      </c>
+      <c r="K59" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" t="s">
+        <v>43</v>
+      </c>
+      <c r="C60" t="s">
+        <v>130</v>
+      </c>
+      <c r="P60" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
+        <v>131</v>
+      </c>
+      <c r="C61" t="s">
+        <v>132</v>
+      </c>
+      <c r="F61" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" t="s">
+        <v>133</v>
+      </c>
+      <c r="C62" t="s">
+        <v>134</v>
+      </c>
+      <c r="P62" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" t="s">
+        <v>136</v>
+      </c>
+      <c r="M63" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>125</v>
+      </c>
+      <c r="B64" t="s">
+        <v>137</v>
+      </c>
+      <c r="C64" t="s">
+        <v>138</v>
+      </c>
+      <c r="P64" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>125</v>
+      </c>
+      <c r="B65" t="s">
+        <v>139</v>
+      </c>
+      <c r="C65" t="s">
+        <v>140</v>
+      </c>
+      <c r="J65" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>141</v>
+      </c>
+      <c r="B66" t="s">
+        <v>94</v>
+      </c>
+      <c r="C66" t="s">
+        <v>142</v>
+      </c>
+      <c r="N66" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>143</v>
+      </c>
+      <c r="B67" t="s">
+        <v>64</v>
+      </c>
+      <c r="C67" t="s">
+        <v>144</v>
+      </c>
+      <c r="P67" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>143</v>
+      </c>
+      <c r="B68" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" t="s">
+        <v>146</v>
+      </c>
+      <c r="M68" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" t="s">
+        <v>147</v>
+      </c>
+      <c r="C69" t="s">
+        <v>148</v>
+      </c>
+      <c r="M69" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
+        <v>149</v>
+      </c>
+      <c r="C70" t="s">
+        <v>150</v>
+      </c>
+      <c r="N70" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P70" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" t="s">
+        <v>151</v>
+      </c>
+      <c r="C71" t="s">
+        <v>152</v>
+      </c>
+      <c r="P71" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" t="s">
+        <v>153</v>
+      </c>
+      <c r="C72" t="s">
+        <v>154</v>
+      </c>
+      <c r="P72" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>143</v>
+      </c>
+      <c r="B73" t="s">
+        <v>98</v>
+      </c>
+      <c r="C73" t="s">
+        <v>155</v>
+      </c>
+      <c r="P73" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>143</v>
+      </c>
+      <c r="B74" t="s">
+        <v>59</v>
+      </c>
+      <c r="C74" t="s">
+        <v>156</v>
+      </c>
+      <c r="P74" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>157</v>
+      </c>
+      <c r="B75" t="s">
+        <v>62</v>
+      </c>
+      <c r="C75" t="s">
+        <v>158</v>
+      </c>
+      <c r="K75" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" t="s">
+        <v>160</v>
+      </c>
+      <c r="K76" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
+        <v>161</v>
+      </c>
+      <c r="C77" t="s">
+        <v>162</v>
+      </c>
+      <c r="K77" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P77" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" t="s">
+        <v>163</v>
+      </c>
+      <c r="C78" t="s">
+        <v>164</v>
+      </c>
+      <c r="L78" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P78" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" t="s">
+        <v>165</v>
+      </c>
+      <c r="C79" t="s">
+        <v>166</v>
+      </c>
+      <c r="K79" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>157</v>
+      </c>
+      <c r="B80" t="s">
+        <v>167</v>
+      </c>
+      <c r="C80" t="s">
+        <v>168</v>
+      </c>
+      <c r="J80" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>157</v>
+      </c>
+      <c r="B81" t="s">
+        <v>169</v>
+      </c>
+      <c r="C81" t="s">
+        <v>170</v>
+      </c>
+      <c r="J81" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>157</v>
+      </c>
+      <c r="B82" t="s">
+        <v>171</v>
+      </c>
+      <c r="C82" t="s">
+        <v>172</v>
+      </c>
+      <c r="G82" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>157</v>
+      </c>
+      <c r="B83" t="s">
+        <v>173</v>
+      </c>
+      <c r="C83" t="s">
+        <v>174</v>
+      </c>
+      <c r="M83" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>157</v>
+      </c>
+      <c r="B84" t="s">
+        <v>175</v>
+      </c>
+      <c r="C84" t="s">
+        <v>176</v>
+      </c>
+      <c r="P84" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>157</v>
+      </c>
+      <c r="B85" t="s">
+        <v>177</v>
+      </c>
+      <c r="C85" t="s">
+        <v>178</v>
+      </c>
+      <c r="P85" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>157</v>
+      </c>
+      <c r="B86" t="s">
+        <v>179</v>
+      </c>
+      <c r="C86" t="s">
+        <v>180</v>
+      </c>
+      <c r="M86" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>157</v>
+      </c>
+      <c r="B87" t="s">
+        <v>137</v>
+      </c>
+      <c r="C87" t="s">
+        <v>181</v>
+      </c>
+      <c r="M87" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>157</v>
+      </c>
+      <c r="B88" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" t="s">
+        <v>183</v>
+      </c>
+      <c r="M88" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>157</v>
+      </c>
+      <c r="B89" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" t="s">
+        <v>185</v>
+      </c>
+      <c r="N89" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>157</v>
+      </c>
+      <c r="B90" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" t="s">
+        <v>185</v>
+      </c>
+      <c r="N90" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>157</v>
+      </c>
+      <c r="B91" t="s">
+        <v>187</v>
+      </c>
+      <c r="C91" t="s">
+        <v>185</v>
+      </c>
+      <c r="M91" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N91" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>157</v>
+      </c>
+      <c r="B92" t="s">
+        <v>188</v>
+      </c>
+      <c r="C92" t="s">
+        <v>189</v>
+      </c>
+      <c r="M92" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N92" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>157</v>
+      </c>
+      <c r="B93" t="s">
+        <v>190</v>
+      </c>
+      <c r="C93" t="s">
+        <v>191</v>
+      </c>
+      <c r="M93" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N93" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>157</v>
+      </c>
+      <c r="B94" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94" t="s">
+        <v>193</v>
+      </c>
+      <c r="M94" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N94" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>157</v>
+      </c>
+      <c r="B95" t="s">
+        <v>194</v>
+      </c>
+      <c r="C95" t="s">
+        <v>195</v>
+      </c>
+      <c r="M95" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N95" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>157</v>
+      </c>
+      <c r="B96" t="s">
+        <v>196</v>
+      </c>
+      <c r="C96" t="s">
+        <v>197</v>
+      </c>
+      <c r="M96" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>157</v>
+      </c>
+      <c r="B97" t="s">
+        <v>198</v>
+      </c>
+      <c r="C97" t="s">
+        <v>199</v>
+      </c>
+      <c r="P97" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>157</v>
+      </c>
+      <c r="B98" t="s">
+        <v>200</v>
+      </c>
+      <c r="C98" t="s">
+        <v>201</v>
+      </c>
+      <c r="P98" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" t="s">
+        <v>203</v>
+      </c>
+      <c r="C99" t="s">
+        <v>204</v>
+      </c>
+      <c r="M99" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>205</v>
+      </c>
+      <c r="B100" t="s">
+        <v>206</v>
+      </c>
+      <c r="C100" t="s">
+        <v>207</v>
+      </c>
+      <c r="K100" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
+        <v>27</v>
+      </c>
+      <c r="C101" t="s">
+        <v>208</v>
+      </c>
+      <c r="K101" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P101" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>205</v>
+      </c>
+      <c r="B102" t="s">
+        <v>209</v>
+      </c>
+      <c r="C102" t="s">
+        <v>210</v>
+      </c>
+      <c r="P102" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" t="s">
+        <v>211</v>
+      </c>
+      <c r="C103" t="s">
+        <v>212</v>
+      </c>
+      <c r="L103" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P103" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>205</v>
+      </c>
+      <c r="B104" t="s">
         <v>29</v>
       </c>
-      <c r="C4" s="8" t="s">
-[...14 lines deleted...]
-      <c r="T4" s="10" t="s">
+      <c r="C104" t="s">
+        <v>213</v>
+      </c>
+      <c r="P104" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>205</v>
+      </c>
+      <c r="B105" t="s">
+        <v>94</v>
+      </c>
+      <c r="C105" t="s">
+        <v>214</v>
+      </c>
+      <c r="K105" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M105" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>205</v>
+      </c>
+      <c r="B106" t="s">
+        <v>215</v>
+      </c>
+      <c r="C106" t="s">
+        <v>216</v>
+      </c>
+      <c r="N106" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>217</v>
+      </c>
+      <c r="B107" t="s">
+        <v>21</v>
+      </c>
+      <c r="C107" t="s">
+        <v>218</v>
+      </c>
+      <c r="E107" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>219</v>
+      </c>
+      <c r="B108" t="s">
+        <v>220</v>
+      </c>
+      <c r="C108" t="s">
+        <v>221</v>
+      </c>
+      <c r="M108" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" t="s">
+        <v>222</v>
+      </c>
+      <c r="C109" t="s">
+        <v>223</v>
+      </c>
+      <c r="F109" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" t="s">
+        <v>224</v>
+      </c>
+      <c r="C110" t="s">
+        <v>225</v>
+      </c>
+      <c r="N110" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>226</v>
+      </c>
+      <c r="B111" t="s">
+        <v>64</v>
+      </c>
+      <c r="C111" t="s">
+        <v>227</v>
+      </c>
+      <c r="P111" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>226</v>
+      </c>
+      <c r="B112" t="s">
+        <v>145</v>
+      </c>
+      <c r="C112" t="s">
+        <v>228</v>
+      </c>
+      <c r="M112" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>226</v>
+      </c>
+      <c r="B113" t="s">
+        <v>153</v>
+      </c>
+      <c r="C113" t="s">
+        <v>229</v>
+      </c>
+      <c r="N113" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>226</v>
+      </c>
+      <c r="B114" t="s">
+        <v>59</v>
+      </c>
+      <c r="C114" t="s">
+        <v>230</v>
+      </c>
+      <c r="P114" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>231</v>
+      </c>
+      <c r="B115" t="s">
+        <v>165</v>
+      </c>
+      <c r="C115" t="s">
+        <v>232</v>
+      </c>
+      <c r="G115" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" t="s">
+        <v>233</v>
+      </c>
+      <c r="C116" t="s">
+        <v>234</v>
+      </c>
+      <c r="E116" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>231</v>
+      </c>
+      <c r="B117" t="s">
+        <v>235</v>
+      </c>
+      <c r="C117" t="s">
+        <v>236</v>
+      </c>
+      <c r="G117" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>231</v>
+      </c>
+      <c r="B118" t="s">
+        <v>237</v>
+      </c>
+      <c r="C118" t="s">
+        <v>238</v>
+      </c>
+      <c r="M118" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N118" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>231</v>
+      </c>
+      <c r="B119" t="s">
+        <v>239</v>
+      </c>
+      <c r="C119" t="s">
+        <v>240</v>
+      </c>
+      <c r="M119" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N119" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>241</v>
+      </c>
+      <c r="B120" t="s">
+        <v>242</v>
+      </c>
+      <c r="C120" t="s">
+        <v>243</v>
+      </c>
+      <c r="K120" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L120" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" t="s">
+        <v>244</v>
+      </c>
+      <c r="C121" t="s">
+        <v>245</v>
+      </c>
+      <c r="K121" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>241</v>
+      </c>
+      <c r="B122" t="s">
+        <v>161</v>
+      </c>
+      <c r="C122" t="s">
+        <v>246</v>
+      </c>
+      <c r="K122" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>241</v>
+      </c>
+      <c r="B123" t="s">
+        <v>163</v>
+      </c>
+      <c r="C123" t="s">
+        <v>247</v>
+      </c>
+      <c r="L123" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P123" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>241</v>
+      </c>
+      <c r="B124" t="s">
+        <v>248</v>
+      </c>
+      <c r="C124" t="s">
+        <v>249</v>
+      </c>
+      <c r="L124" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P124" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>241</v>
+      </c>
+      <c r="B125" t="s">
+        <v>250</v>
+      </c>
+      <c r="C125" t="s">
+        <v>251</v>
+      </c>
+      <c r="M125" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>241</v>
+      </c>
+      <c r="B126" t="s">
+        <v>215</v>
+      </c>
+      <c r="C126" t="s">
+        <v>252</v>
+      </c>
+      <c r="M126" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>241</v>
+      </c>
+      <c r="B127" t="s">
+        <v>253</v>
+      </c>
+      <c r="C127" t="s">
+        <v>254</v>
+      </c>
+      <c r="P127" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>241</v>
+      </c>
+      <c r="B128" t="s">
+        <v>105</v>
+      </c>
+      <c r="C128" t="s">
+        <v>255</v>
+      </c>
+      <c r="P128" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>256</v>
+      </c>
+      <c r="B129" t="s">
+        <v>29</v>
+      </c>
+      <c r="C129" t="s">
+        <v>257</v>
+      </c>
+      <c r="F129" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>256</v>
+      </c>
+      <c r="B130" t="s">
+        <v>35</v>
+      </c>
+      <c r="C130" t="s">
+        <v>258</v>
+      </c>
+      <c r="P130" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>256</v>
+      </c>
+      <c r="B131" t="s">
+        <v>259</v>
+      </c>
+      <c r="C131" t="s">
+        <v>260</v>
+      </c>
+      <c r="P131" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>256</v>
+      </c>
+      <c r="B132" t="s">
+        <v>261</v>
+      </c>
+      <c r="C132" t="s">
+        <v>262</v>
+      </c>
+      <c r="N132" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>256</v>
+      </c>
+      <c r="B133" t="s">
+        <v>222</v>
+      </c>
+      <c r="C133" t="s">
+        <v>263</v>
+      </c>
+      <c r="G133" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M133" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>264</v>
+      </c>
+      <c r="B134" t="s">
+        <v>21</v>
+      </c>
+      <c r="C134" t="s">
+        <v>265</v>
+      </c>
+      <c r="H134" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>264</v>
+      </c>
+      <c r="B135" t="s">
+        <v>23</v>
+      </c>
+      <c r="C135" t="s">
+        <v>266</v>
+      </c>
+      <c r="H135" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>267</v>
+      </c>
+      <c r="B136" t="s">
+        <v>62</v>
+      </c>
+      <c r="C136" t="s">
+        <v>268</v>
+      </c>
+      <c r="H136" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>267</v>
+      </c>
+      <c r="B137" t="s">
+        <v>23</v>
+      </c>
+      <c r="C137" t="s">
+        <v>269</v>
+      </c>
+      <c r="I137" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>267</v>
+      </c>
+      <c r="B138" t="s">
+        <v>270</v>
+      </c>
+      <c r="C138" t="s">
+        <v>271</v>
+      </c>
+      <c r="H138" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>267</v>
+      </c>
+      <c r="B139" t="s">
+        <v>109</v>
+      </c>
+      <c r="C139" t="s">
+        <v>272</v>
+      </c>
+      <c r="D139" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>267</v>
+      </c>
+      <c r="B140" t="s">
+        <v>273</v>
+      </c>
+      <c r="C140" t="s">
+        <v>274</v>
+      </c>
+      <c r="F140" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>267</v>
+      </c>
+      <c r="B141" t="s">
+        <v>64</v>
+      </c>
+      <c r="C141" t="s">
+        <v>275</v>
+      </c>
+      <c r="E141" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>267</v>
+      </c>
+      <c r="B142" t="s">
+        <v>276</v>
+      </c>
+      <c r="C142" t="s">
+        <v>277</v>
+      </c>
+      <c r="E142" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M142" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>267</v>
+      </c>
+      <c r="B143" t="s">
+        <v>233</v>
+      </c>
+      <c r="C143" t="s">
+        <v>278</v>
+      </c>
+      <c r="H143" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>267</v>
+      </c>
+      <c r="B144" t="s">
+        <v>279</v>
+      </c>
+      <c r="C144" t="s">
+        <v>280</v>
+      </c>
+      <c r="I144" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="145" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>267</v>
+      </c>
+      <c r="B145" t="s">
+        <v>128</v>
+      </c>
+      <c r="C145" t="s">
+        <v>281</v>
+      </c>
+      <c r="H145" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="146" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>267</v>
+      </c>
+      <c r="B146" t="s">
+        <v>81</v>
+      </c>
+      <c r="C146" t="s">
+        <v>282</v>
+      </c>
+      <c r="D146" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>267</v>
+      </c>
+      <c r="B147" t="s">
+        <v>283</v>
+      </c>
+      <c r="C147" t="s">
+        <v>284</v>
+      </c>
+      <c r="M147" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>267</v>
+      </c>
+      <c r="B148" t="s">
+        <v>285</v>
+      </c>
+      <c r="C148" t="s">
+        <v>286</v>
+      </c>
+      <c r="M148" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="149" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>267</v>
+      </c>
+      <c r="B149" t="s">
+        <v>135</v>
+      </c>
+      <c r="C149" t="s">
+        <v>287</v>
+      </c>
+      <c r="M149" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N149" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="150" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>267</v>
+      </c>
+      <c r="B150" t="s">
+        <v>288</v>
+      </c>
+      <c r="C150" t="s">
+        <v>289</v>
+      </c>
+      <c r="N150" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="151" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>267</v>
+      </c>
+      <c r="B151" t="s">
+        <v>187</v>
+      </c>
+      <c r="C151" t="s">
+        <v>290</v>
+      </c>
+      <c r="N151" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="152" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>267</v>
+      </c>
+      <c r="B152" t="s">
+        <v>291</v>
+      </c>
+      <c r="C152" t="s">
+        <v>292</v>
+      </c>
+      <c r="N152" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>267</v>
+      </c>
+      <c r="B153" t="s">
+        <v>194</v>
+      </c>
+      <c r="C153" t="s">
+        <v>293</v>
+      </c>
+      <c r="N153" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="154" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>267</v>
+      </c>
+      <c r="B154" t="s">
+        <v>200</v>
+      </c>
+      <c r="C154" t="s">
+        <v>294</v>
+      </c>
+      <c r="M154" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N154" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="155" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>267</v>
+      </c>
+      <c r="B155" t="s">
+        <v>295</v>
+      </c>
+      <c r="C155" t="s">
+        <v>296</v>
+      </c>
+      <c r="N155" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="156" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>267</v>
+      </c>
+      <c r="B156" t="s">
+        <v>59</v>
+      </c>
+      <c r="C156" t="s">
+        <v>297</v>
+      </c>
+      <c r="N156" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="157" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>298</v>
+      </c>
+      <c r="B157" t="s">
+        <v>111</v>
+      </c>
+      <c r="C157" t="s">
+        <v>299</v>
+      </c>
+      <c r="D157" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="158" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>300</v>
+      </c>
+      <c r="B158" t="s">
+        <v>301</v>
+      </c>
+      <c r="C158" t="s">
+        <v>302</v>
+      </c>
+      <c r="N158" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="159" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>303</v>
+      </c>
+      <c r="B159" t="s">
+        <v>244</v>
+      </c>
+      <c r="C159" t="s">
+        <v>304</v>
+      </c>
+      <c r="J159" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="160" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>303</v>
+      </c>
+      <c r="B160" t="s">
+        <v>305</v>
+      </c>
+      <c r="C160" t="s">
+        <v>306</v>
+      </c>
+      <c r="J160" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>303</v>
+      </c>
+      <c r="B161" t="s">
+        <v>307</v>
+      </c>
+      <c r="C161" t="s">
+        <v>308</v>
+      </c>
+      <c r="P161" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>303</v>
+      </c>
+      <c r="B162" t="s">
+        <v>309</v>
+      </c>
+      <c r="C162" t="s">
+        <v>310</v>
+      </c>
+      <c r="G162" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M162" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>303</v>
+      </c>
+      <c r="B163" t="s">
+        <v>103</v>
+      </c>
+      <c r="C163" t="s">
+        <v>311</v>
+      </c>
+      <c r="N163" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>303</v>
+      </c>
+      <c r="B164" t="s">
+        <v>312</v>
+      </c>
+      <c r="C164" t="s">
+        <v>313</v>
+      </c>
+      <c r="P164" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>303</v>
+      </c>
+      <c r="B165" t="s">
+        <v>105</v>
+      </c>
+      <c r="C165" t="s">
+        <v>314</v>
+      </c>
+      <c r="N165" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>315</v>
+      </c>
+      <c r="B166" t="s">
+        <v>316</v>
+      </c>
+      <c r="C166" t="s">
+        <v>317</v>
+      </c>
+      <c r="E166" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>315</v>
+      </c>
+      <c r="B167" t="s">
+        <v>233</v>
+      </c>
+      <c r="C167" t="s">
+        <v>318</v>
+      </c>
+      <c r="G167" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>315</v>
+      </c>
+      <c r="B168" t="s">
+        <v>319</v>
+      </c>
+      <c r="C168" t="s">
+        <v>320</v>
+      </c>
+      <c r="E168" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>315</v>
+      </c>
+      <c r="B169" t="s">
+        <v>321</v>
+      </c>
+      <c r="C169" t="s">
+        <v>322</v>
+      </c>
+      <c r="J169" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>323</v>
+      </c>
+      <c r="B170" t="s">
+        <v>324</v>
+      </c>
+      <c r="C170" t="s">
+        <v>325</v>
+      </c>
+      <c r="I170" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>323</v>
+      </c>
+      <c r="B171" t="s">
+        <v>309</v>
+      </c>
+      <c r="C171" t="s">
+        <v>326</v>
+      </c>
+      <c r="M171" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N171" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>327</v>
+      </c>
+      <c r="B172" t="s">
+        <v>21</v>
+      </c>
+      <c r="C172" t="s">
+        <v>328</v>
+      </c>
+      <c r="D172" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>327</v>
+      </c>
+      <c r="B173" t="s">
+        <v>23</v>
+      </c>
+      <c r="C173" t="s">
+        <v>329</v>
+      </c>
+      <c r="D173" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>327</v>
+      </c>
+      <c r="B174" t="s">
+        <v>270</v>
+      </c>
+      <c r="C174" t="s">
+        <v>330</v>
+      </c>
+      <c r="D174" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>327</v>
+      </c>
+      <c r="B175" t="s">
+        <v>331</v>
+      </c>
+      <c r="C175" t="s">
+        <v>332</v>
+      </c>
+      <c r="D175" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>327</v>
+      </c>
+      <c r="B176" t="s">
+        <v>244</v>
+      </c>
+      <c r="C176" t="s">
+        <v>333</v>
+      </c>
+      <c r="D176" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>327</v>
+      </c>
+      <c r="B177" t="s">
+        <v>161</v>
+      </c>
+      <c r="C177" t="s">
+        <v>334</v>
+      </c>
+      <c r="D177" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>327</v>
+      </c>
+      <c r="B178" t="s">
+        <v>163</v>
+      </c>
+      <c r="C178" t="s">
+        <v>335</v>
+      </c>
+      <c r="D178" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>327</v>
+      </c>
+      <c r="B179" t="s">
+        <v>324</v>
+      </c>
+      <c r="C179" t="s">
+        <v>336</v>
+      </c>
+      <c r="D179" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>327</v>
+      </c>
+      <c r="B180" t="s">
+        <v>337</v>
+      </c>
+      <c r="C180" t="s">
+        <v>338</v>
+      </c>
+      <c r="D180" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>327</v>
+      </c>
+      <c r="B181" t="s">
+        <v>339</v>
+      </c>
+      <c r="C181" t="s">
+        <v>340</v>
+      </c>
+      <c r="D181" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>341</v>
+      </c>
+      <c r="B182" t="s">
+        <v>342</v>
+      </c>
+      <c r="C182" t="s">
+        <v>343</v>
+      </c>
+      <c r="E182" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>341</v>
+      </c>
+      <c r="B183" t="s">
+        <v>179</v>
+      </c>
+      <c r="C183" t="s">
+        <v>344</v>
+      </c>
+      <c r="G183" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>341</v>
+      </c>
+      <c r="B184" t="s">
+        <v>194</v>
+      </c>
+      <c r="C184" t="s">
+        <v>345</v>
+      </c>
+      <c r="F184" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>346</v>
+      </c>
+      <c r="B185" t="s">
+        <v>135</v>
+      </c>
+      <c r="C185" t="s">
+        <v>347</v>
+      </c>
+      <c r="P185" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>346</v>
+      </c>
+      <c r="B186" t="s">
+        <v>301</v>
+      </c>
+      <c r="C186" t="s">
+        <v>348</v>
+      </c>
+      <c r="M186" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N186" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>349</v>
+      </c>
+      <c r="B187" t="s">
+        <v>331</v>
+      </c>
+      <c r="C187" t="s">
+        <v>350</v>
+      </c>
+      <c r="F187" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>349</v>
+      </c>
+      <c r="B188" t="s">
+        <v>351</v>
+      </c>
+      <c r="C188" t="s">
+        <v>352</v>
+      </c>
+      <c r="G188" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>349</v>
+      </c>
+      <c r="B189" t="s">
+        <v>25</v>
+      </c>
+      <c r="C189" t="s">
+        <v>353</v>
+      </c>
+      <c r="E189" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>349</v>
+      </c>
+      <c r="B190" t="s">
+        <v>244</v>
+      </c>
+      <c r="C190" t="s">
+        <v>354</v>
+      </c>
+      <c r="E190" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>349</v>
+      </c>
+      <c r="B191" t="s">
+        <v>355</v>
+      </c>
+      <c r="C191" t="s">
+        <v>356</v>
+      </c>
+      <c r="E191" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>349</v>
+      </c>
+      <c r="B192" t="s">
+        <v>357</v>
+      </c>
+      <c r="C192" t="s">
+        <v>358</v>
+      </c>
+      <c r="H192" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="193" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>349</v>
+      </c>
+      <c r="B193" t="s">
+        <v>114</v>
+      </c>
+      <c r="C193" t="s">
+        <v>359</v>
+      </c>
+      <c r="F193" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="194" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>349</v>
+      </c>
+      <c r="B194" t="s">
+        <v>360</v>
+      </c>
+      <c r="C194" t="s">
+        <v>361</v>
+      </c>
+      <c r="F194" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="195" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>349</v>
+      </c>
+      <c r="B195" t="s">
+        <v>33</v>
+      </c>
+      <c r="C195" t="s">
+        <v>362</v>
+      </c>
+      <c r="E195" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="196" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>349</v>
+      </c>
+      <c r="B196" t="s">
+        <v>171</v>
+      </c>
+      <c r="C196" t="s">
+        <v>363</v>
+      </c>
+      <c r="E196" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="197" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>349</v>
+      </c>
+      <c r="B197" t="s">
+        <v>364</v>
+      </c>
+      <c r="C197" t="s">
+        <v>365</v>
+      </c>
+      <c r="H197" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="198" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>349</v>
+      </c>
+      <c r="B198" t="s">
+        <v>366</v>
+      </c>
+      <c r="C198" t="s">
+        <v>367</v>
+      </c>
+      <c r="I198" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="199" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>349</v>
+      </c>
+      <c r="B199" t="s">
+        <v>368</v>
+      </c>
+      <c r="C199" t="s">
+        <v>369</v>
+      </c>
+      <c r="F199" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="200" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>349</v>
+      </c>
+      <c r="B200" t="s">
+        <v>370</v>
+      </c>
+      <c r="C200" t="s">
+        <v>371</v>
+      </c>
+      <c r="G200" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="201" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>349</v>
+      </c>
+      <c r="B201" t="s">
+        <v>372</v>
+      </c>
+      <c r="C201" t="s">
+        <v>373</v>
+      </c>
+      <c r="I201" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="202" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>349</v>
+      </c>
+      <c r="B202" t="s">
+        <v>186</v>
+      </c>
+      <c r="C202" t="s">
+        <v>374</v>
+      </c>
+      <c r="H202" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M202" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="203" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>349</v>
+      </c>
+      <c r="B203" t="s">
+        <v>375</v>
+      </c>
+      <c r="C203" t="s">
+        <v>376</v>
+      </c>
+      <c r="M203" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N203" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="204" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>349</v>
+      </c>
+      <c r="B204" t="s">
+        <v>295</v>
+      </c>
+      <c r="C204" t="s">
+        <v>377</v>
+      </c>
+      <c r="M204" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N204" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="205" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>378</v>
+      </c>
+      <c r="B205" t="s">
+        <v>351</v>
+      </c>
+      <c r="C205" t="s">
+        <v>379</v>
+      </c>
+      <c r="E205" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="206" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>378</v>
+      </c>
+      <c r="B206" t="s">
+        <v>380</v>
+      </c>
+      <c r="C206" t="s">
+        <v>381</v>
+      </c>
+      <c r="M206" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="207" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>378</v>
+      </c>
+      <c r="B207" t="s">
+        <v>382</v>
+      </c>
+      <c r="C207" t="s">
+        <v>383</v>
+      </c>
+      <c r="I207" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="208" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>378</v>
+      </c>
+      <c r="B208" t="s">
+        <v>94</v>
+      </c>
+      <c r="C208" t="s">
+        <v>384</v>
+      </c>
+      <c r="N208" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>385</v>
+      </c>
+      <c r="B209" t="s">
+        <v>62</v>
+      </c>
+      <c r="C209" t="s">
+        <v>386</v>
+      </c>
+      <c r="F209" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>385</v>
+      </c>
+      <c r="B210" t="s">
+        <v>388</v>
+      </c>
+      <c r="C210" t="s">
+        <v>389</v>
+      </c>
+      <c r="K210" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P210" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>385</v>
+      </c>
+      <c r="B211" t="s">
+        <v>390</v>
+      </c>
+      <c r="C211" t="s">
+        <v>391</v>
+      </c>
+      <c r="L211" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P211" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>385</v>
+      </c>
+      <c r="B212" t="s">
+        <v>392</v>
+      </c>
+      <c r="C212" t="s">
+        <v>393</v>
+      </c>
+      <c r="F212" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>385</v>
+      </c>
+      <c r="B213" t="s">
+        <v>235</v>
+      </c>
+      <c r="C213" t="s">
+        <v>394</v>
+      </c>
+      <c r="F213" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>395</v>
+      </c>
+      <c r="B214" t="s">
+        <v>62</v>
+      </c>
+      <c r="C214" t="s">
+        <v>396</v>
+      </c>
+      <c r="M214" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>395</v>
+      </c>
+      <c r="B215" t="s">
+        <v>387</v>
+      </c>
+      <c r="C215" t="s">
+        <v>397</v>
+      </c>
+      <c r="D215" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>395</v>
+      </c>
+      <c r="B216" t="s">
+        <v>398</v>
+      </c>
+      <c r="C216" t="s">
+        <v>399</v>
+      </c>
+      <c r="P216" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>395</v>
+      </c>
+      <c r="B217" t="s">
+        <v>90</v>
+      </c>
+      <c r="C217" t="s">
+        <v>400</v>
+      </c>
+      <c r="P217" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>395</v>
+      </c>
+      <c r="B218" t="s">
+        <v>92</v>
+      </c>
+      <c r="C218" t="s">
+        <v>401</v>
+      </c>
+      <c r="P218" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>395</v>
+      </c>
+      <c r="B219" t="s">
+        <v>94</v>
+      </c>
+      <c r="C219" t="s">
+        <v>402</v>
+      </c>
+      <c r="F219" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>395</v>
+      </c>
+      <c r="B220" t="s">
+        <v>403</v>
+      </c>
+      <c r="C220" t="s">
+        <v>404</v>
+      </c>
+      <c r="G220" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>405</v>
+      </c>
+      <c r="B221" t="s">
+        <v>21</v>
+      </c>
+      <c r="C221" t="s">
+        <v>406</v>
+      </c>
+      <c r="G221" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>405</v>
+      </c>
+      <c r="B222" t="s">
+        <v>279</v>
+      </c>
+      <c r="C222" t="s">
+        <v>407</v>
+      </c>
+      <c r="H222" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>405</v>
+      </c>
+      <c r="B223" t="s">
+        <v>309</v>
+      </c>
+      <c r="C223" t="s">
+        <v>408</v>
+      </c>
+      <c r="N223" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>405</v>
+      </c>
+      <c r="B224" t="s">
+        <v>215</v>
+      </c>
+      <c r="C224" t="s">
+        <v>409</v>
+      </c>
+      <c r="N224" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>405</v>
+      </c>
+      <c r="B225" t="s">
+        <v>59</v>
+      </c>
+      <c r="C225" t="s">
+        <v>410</v>
+      </c>
+      <c r="M225" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N225" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>405</v>
+      </c>
+      <c r="B226" t="s">
+        <v>101</v>
+      </c>
+      <c r="C226" t="s">
+        <v>411</v>
+      </c>
+      <c r="N226" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>405</v>
+      </c>
+      <c r="B227" t="s">
+        <v>105</v>
+      </c>
+      <c r="C227" t="s">
+        <v>412</v>
+      </c>
+      <c r="N227" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>413</v>
+      </c>
+      <c r="B228" t="s">
+        <v>62</v>
+      </c>
+      <c r="C228" t="s">
+        <v>414</v>
+      </c>
+      <c r="P228" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>413</v>
+      </c>
+      <c r="B229" t="s">
+        <v>21</v>
+      </c>
+      <c r="C229" t="s">
+        <v>415</v>
+      </c>
+      <c r="O229" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>413</v>
+      </c>
+      <c r="B230" t="s">
+        <v>109</v>
+      </c>
+      <c r="C230" t="s">
+        <v>416</v>
+      </c>
+      <c r="P230" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>413</v>
+      </c>
+      <c r="B231" t="s">
+        <v>64</v>
+      </c>
+      <c r="C231" t="s">
+        <v>417</v>
+      </c>
+      <c r="M231" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>413</v>
+      </c>
+      <c r="B232" t="s">
+        <v>159</v>
+      </c>
+      <c r="C232" t="s">
+        <v>418</v>
+      </c>
+      <c r="G232" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>413</v>
+      </c>
+      <c r="B233" t="s">
+        <v>25</v>
+      </c>
+      <c r="C233" t="s">
+        <v>419</v>
+      </c>
+      <c r="F233" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>413</v>
+      </c>
+      <c r="B234" t="s">
+        <v>420</v>
+      </c>
+      <c r="C234" t="s">
+        <v>421</v>
+      </c>
+      <c r="H234" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>413</v>
+      </c>
+      <c r="B235" t="s">
+        <v>233</v>
+      </c>
+      <c r="C235" t="s">
+        <v>422</v>
+      </c>
+      <c r="M235" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>413</v>
+      </c>
+      <c r="B236" t="s">
+        <v>337</v>
+      </c>
+      <c r="C236" t="s">
+        <v>423</v>
+      </c>
+      <c r="D236" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M236" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>413</v>
+      </c>
+      <c r="B237" t="s">
+        <v>424</v>
+      </c>
+      <c r="C237" t="s">
+        <v>425</v>
+      </c>
+      <c r="D237" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M237" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>413</v>
+      </c>
+      <c r="B238" t="s">
+        <v>426</v>
+      </c>
+      <c r="C238" t="s">
+        <v>427</v>
+      </c>
+      <c r="D238" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>413</v>
+      </c>
+      <c r="B239" t="s">
+        <v>428</v>
+      </c>
+      <c r="C239" t="s">
+        <v>429</v>
+      </c>
+      <c r="H239" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>413</v>
+      </c>
+      <c r="B240" t="s">
+        <v>430</v>
+      </c>
+      <c r="C240" t="s">
+        <v>431</v>
+      </c>
+      <c r="I240" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>413</v>
+      </c>
+      <c r="B241" t="s">
+        <v>432</v>
+      </c>
+      <c r="C241" t="s">
+        <v>433</v>
+      </c>
+      <c r="F241" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>413</v>
+      </c>
+      <c r="B242" t="s">
+        <v>434</v>
+      </c>
+      <c r="C242" t="s">
+        <v>435</v>
+      </c>
+      <c r="H242" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>413</v>
+      </c>
+      <c r="B243" t="s">
+        <v>436</v>
+      </c>
+      <c r="C243" t="s">
+        <v>437</v>
+      </c>
+      <c r="H243" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>413</v>
+      </c>
+      <c r="B244" t="s">
+        <v>173</v>
+      </c>
+      <c r="C244" t="s">
+        <v>438</v>
+      </c>
+      <c r="H244" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>413</v>
+      </c>
+      <c r="B245" t="s">
+        <v>39</v>
+      </c>
+      <c r="C245" t="s">
+        <v>439</v>
+      </c>
+      <c r="D245" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>413</v>
+      </c>
+      <c r="B246" t="s">
+        <v>43</v>
+      </c>
+      <c r="C246" t="s">
+        <v>440</v>
+      </c>
+      <c r="D246" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>413</v>
+      </c>
+      <c r="B247" t="s">
+        <v>73</v>
+      </c>
+      <c r="C247" t="s">
+        <v>441</v>
+      </c>
+      <c r="H247" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>413</v>
+      </c>
+      <c r="B248" t="s">
+        <v>442</v>
+      </c>
+      <c r="C248" t="s">
+        <v>443</v>
+      </c>
+      <c r="H248" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>413</v>
+      </c>
+      <c r="B249" t="s">
+        <v>444</v>
+      </c>
+      <c r="C249" t="s">
+        <v>445</v>
+      </c>
+      <c r="D249" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>413</v>
+      </c>
+      <c r="B250" t="s">
+        <v>446</v>
+      </c>
+      <c r="C250" t="s">
+        <v>447</v>
+      </c>
+      <c r="E250" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M250" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>413</v>
+      </c>
+      <c r="B251" t="s">
+        <v>448</v>
+      </c>
+      <c r="C251" t="s">
+        <v>449</v>
+      </c>
+      <c r="M251" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>413</v>
+      </c>
+      <c r="B252" t="s">
+        <v>450</v>
+      </c>
+      <c r="C252" t="s">
+        <v>451</v>
+      </c>
+      <c r="M252" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>413</v>
+      </c>
+      <c r="B253" t="s">
+        <v>452</v>
+      </c>
+      <c r="C253" t="s">
+        <v>453</v>
+      </c>
+      <c r="M253" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>413</v>
+      </c>
+      <c r="B254" t="s">
+        <v>454</v>
+      </c>
+      <c r="C254" t="s">
+        <v>455</v>
+      </c>
+      <c r="M254" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>413</v>
+      </c>
+      <c r="B255" t="s">
+        <v>456</v>
+      </c>
+      <c r="C255" t="s">
+        <v>457</v>
+      </c>
+      <c r="M255" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>413</v>
+      </c>
+      <c r="B256" t="s">
+        <v>458</v>
+      </c>
+      <c r="C256" t="s">
+        <v>459</v>
+      </c>
+      <c r="M256" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>413</v>
+      </c>
+      <c r="B257" t="s">
+        <v>460</v>
+      </c>
+      <c r="C257" t="s">
+        <v>461</v>
+      </c>
+      <c r="E257" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M257" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>413</v>
+      </c>
+      <c r="B258" t="s">
+        <v>17</v>
+      </c>
+      <c r="C258" t="s">
+        <v>462</v>
+      </c>
+      <c r="M258" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>413</v>
+      </c>
+      <c r="B259" t="s">
+        <v>463</v>
+      </c>
+      <c r="C259" t="s">
+        <v>464</v>
+      </c>
+      <c r="M259" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>413</v>
+      </c>
+      <c r="B260" t="s">
+        <v>137</v>
+      </c>
+      <c r="C260" t="s">
+        <v>465</v>
+      </c>
+      <c r="M260" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>413</v>
+      </c>
+      <c r="B261" t="s">
+        <v>466</v>
+      </c>
+      <c r="C261" t="s">
+        <v>467</v>
+      </c>
+      <c r="M261" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>413</v>
+      </c>
+      <c r="B262" t="s">
+        <v>468</v>
+      </c>
+      <c r="C262" t="s">
+        <v>469</v>
+      </c>
+      <c r="P262" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>413</v>
+      </c>
+      <c r="B263" t="s">
+        <v>184</v>
+      </c>
+      <c r="C263" t="s">
+        <v>470</v>
+      </c>
+      <c r="M263" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N263" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>413</v>
+      </c>
+      <c r="B264" t="s">
+        <v>186</v>
+      </c>
+      <c r="C264" t="s">
+        <v>471</v>
+      </c>
+      <c r="M264" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N264" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>413</v>
+      </c>
+      <c r="B265" t="s">
+        <v>291</v>
+      </c>
+      <c r="C265" t="s">
+        <v>472</v>
+      </c>
+      <c r="M265" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N265" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>413</v>
+      </c>
+      <c r="B266" t="s">
+        <v>473</v>
+      </c>
+      <c r="C266" t="s">
+        <v>474</v>
+      </c>
+      <c r="M266" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N266" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>413</v>
+      </c>
+      <c r="B267" t="s">
+        <v>475</v>
+      </c>
+      <c r="C267" t="s">
+        <v>476</v>
+      </c>
+      <c r="M267" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N267" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>413</v>
+      </c>
+      <c r="B268" t="s">
+        <v>477</v>
+      </c>
+      <c r="C268" t="s">
+        <v>478</v>
+      </c>
+      <c r="M268" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N268" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>413</v>
+      </c>
+      <c r="B269" t="s">
+        <v>94</v>
+      </c>
+      <c r="C269" t="s">
+        <v>479</v>
+      </c>
+      <c r="M269" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N269" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>413</v>
+      </c>
+      <c r="B270" t="s">
+        <v>480</v>
+      </c>
+      <c r="C270" t="s">
+        <v>481</v>
+      </c>
+      <c r="M270" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N270" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>413</v>
+      </c>
+      <c r="B271" t="s">
+        <v>482</v>
+      </c>
+      <c r="C271" t="s">
+        <v>483</v>
+      </c>
+      <c r="M271" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N271" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>413</v>
+      </c>
+      <c r="B272" t="s">
+        <v>309</v>
+      </c>
+      <c r="C272" t="s">
+        <v>484</v>
+      </c>
+      <c r="M272" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N272" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="273" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>413</v>
+      </c>
+      <c r="B273" t="s">
+        <v>485</v>
+      </c>
+      <c r="C273" t="s">
+        <v>486</v>
+      </c>
+      <c r="N273" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="274" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>413</v>
+      </c>
+      <c r="B274" t="s">
+        <v>105</v>
+      </c>
+      <c r="C274" t="s">
+        <v>487</v>
+      </c>
+      <c r="N274" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="275" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>488</v>
+      </c>
+      <c r="B275" t="s">
+        <v>173</v>
+      </c>
+      <c r="C275" t="s">
+        <v>174</v>
+      </c>
+      <c r="M275" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="276" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>489</v>
+      </c>
+      <c r="B276" t="s">
+        <v>21</v>
+      </c>
+      <c r="C276" t="s">
+        <v>490</v>
+      </c>
+      <c r="K276" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L276" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="277" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>489</v>
+      </c>
+      <c r="B277" t="s">
+        <v>23</v>
+      </c>
+      <c r="C277" t="s">
+        <v>491</v>
+      </c>
+      <c r="K277" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L277" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="278" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>489</v>
+      </c>
+      <c r="B278" t="s">
+        <v>270</v>
+      </c>
+      <c r="C278" t="s">
+        <v>492</v>
+      </c>
+      <c r="K278" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="279" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>489</v>
+      </c>
+      <c r="B279" t="s">
+        <v>273</v>
+      </c>
+      <c r="C279" t="s">
+        <v>493</v>
+      </c>
+      <c r="J279" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="280" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>489</v>
+      </c>
+      <c r="B280" t="s">
+        <v>494</v>
+      </c>
+      <c r="C280" t="s">
+        <v>495</v>
+      </c>
+      <c r="K280" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="281" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>489</v>
+      </c>
+      <c r="B281" t="s">
+        <v>244</v>
+      </c>
+      <c r="C281" t="s">
+        <v>496</v>
+      </c>
+      <c r="F281" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="282" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>489</v>
+      </c>
+      <c r="B282" t="s">
+        <v>497</v>
+      </c>
+      <c r="C282" t="s">
+        <v>498</v>
+      </c>
+      <c r="K282" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="283" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>489</v>
+      </c>
+      <c r="B283" t="s">
+        <v>165</v>
+      </c>
+      <c r="C283" t="s">
+        <v>499</v>
+      </c>
+      <c r="K283" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L283" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="284" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>489</v>
+      </c>
+      <c r="B284" t="s">
+        <v>233</v>
+      </c>
+      <c r="C284" t="s">
+        <v>500</v>
+      </c>
+      <c r="F284" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="285" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>489</v>
+      </c>
+      <c r="B285" t="s">
+        <v>171</v>
+      </c>
+      <c r="C285" t="s">
+        <v>501</v>
+      </c>
+      <c r="K285" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L285" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="286" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>489</v>
+      </c>
+      <c r="B286" t="s">
+        <v>456</v>
+      </c>
+      <c r="C286" t="s">
+        <v>502</v>
+      </c>
+      <c r="M286" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="287" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>489</v>
+      </c>
+      <c r="B287" t="s">
+        <v>503</v>
+      </c>
+      <c r="C287" t="s">
+        <v>504</v>
+      </c>
+      <c r="M287" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="288" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>489</v>
+      </c>
+      <c r="B288" t="s">
+        <v>505</v>
+      </c>
+      <c r="C288" t="s">
+        <v>506</v>
+      </c>
+      <c r="K288" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="289" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>489</v>
+      </c>
+      <c r="B289" t="s">
+        <v>182</v>
+      </c>
+      <c r="C289" t="s">
+        <v>507</v>
+      </c>
+      <c r="N289" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="290" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>489</v>
+      </c>
+      <c r="B290" t="s">
+        <v>508</v>
+      </c>
+      <c r="C290" t="s">
+        <v>509</v>
+      </c>
+      <c r="F290" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M290" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="291" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>489</v>
+      </c>
+      <c r="B291" t="s">
+        <v>105</v>
+      </c>
+      <c r="C291" t="s">
+        <v>510</v>
+      </c>
+      <c r="N291" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="292" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>511</v>
+      </c>
+      <c r="B292" t="s">
+        <v>21</v>
+      </c>
+      <c r="C292" t="s">
+        <v>512</v>
+      </c>
+      <c r="I292" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="293" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>511</v>
+      </c>
+      <c r="B293" t="s">
+        <v>25</v>
+      </c>
+      <c r="C293" t="s">
+        <v>513</v>
+      </c>
+      <c r="H293" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="294" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>511</v>
+      </c>
+      <c r="B294" t="s">
+        <v>388</v>
+      </c>
+      <c r="C294" t="s">
+        <v>514</v>
+      </c>
+      <c r="G294" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="295" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>511</v>
+      </c>
+      <c r="B295" t="s">
+        <v>515</v>
+      </c>
+      <c r="C295" t="s">
+        <v>516</v>
+      </c>
+      <c r="H295" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="296" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>511</v>
+      </c>
+      <c r="B296" t="s">
+        <v>165</v>
+      </c>
+      <c r="C296" t="s">
+        <v>517</v>
+      </c>
+      <c r="H296" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="297" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>511</v>
+      </c>
+      <c r="B297" t="s">
+        <v>171</v>
+      </c>
+      <c r="C297" t="s">
+        <v>518</v>
+      </c>
+      <c r="H297" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="298" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>519</v>
+      </c>
+      <c r="B298" t="s">
+        <v>235</v>
+      </c>
+      <c r="C298" t="s">
+        <v>520</v>
+      </c>
+      <c r="M298" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="299" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>521</v>
+      </c>
+      <c r="B299" t="s">
+        <v>21</v>
+      </c>
+      <c r="C299" t="s">
+        <v>522</v>
+      </c>
+      <c r="I299" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="300" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>521</v>
+      </c>
+      <c r="B300" t="s">
+        <v>23</v>
+      </c>
+      <c r="C300" t="s">
+        <v>523</v>
+      </c>
+      <c r="I300" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="301" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>521</v>
+      </c>
+      <c r="B301" t="s">
+        <v>233</v>
+      </c>
+      <c r="C301" t="s">
+        <v>524</v>
+      </c>
+      <c r="I301" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="302" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>521</v>
+      </c>
+      <c r="B302" t="s">
+        <v>279</v>
+      </c>
+      <c r="C302" t="s">
+        <v>525</v>
+      </c>
+      <c r="I302" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="303" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>521</v>
+      </c>
+      <c r="B303" t="s">
+        <v>526</v>
+      </c>
+      <c r="C303" t="s">
+        <v>527</v>
+      </c>
+      <c r="M303" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="304" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>521</v>
+      </c>
+      <c r="B304" t="s">
+        <v>528</v>
+      </c>
+      <c r="C304" t="s">
+        <v>529</v>
+      </c>
+      <c r="M304" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="305" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>521</v>
+      </c>
+      <c r="B305" t="s">
+        <v>135</v>
+      </c>
+      <c r="C305" t="s">
+        <v>530</v>
+      </c>
+      <c r="M305" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="306" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>521</v>
+      </c>
+      <c r="B306" t="s">
+        <v>531</v>
+      </c>
+      <c r="C306" t="s">
+        <v>532</v>
+      </c>
+      <c r="M306" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="307" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>521</v>
+      </c>
+      <c r="B307" t="s">
+        <v>103</v>
+      </c>
+      <c r="C307" t="s">
+        <v>533</v>
+      </c>
+      <c r="N307" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="308" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>534</v>
+      </c>
+      <c r="B308" t="s">
+        <v>21</v>
+      </c>
+      <c r="C308" t="s">
+        <v>535</v>
+      </c>
+      <c r="K308" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="309" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>534</v>
+      </c>
+      <c r="B309" t="s">
+        <v>244</v>
+      </c>
+      <c r="C309" t="s">
+        <v>536</v>
+      </c>
+      <c r="K309" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="310" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>534</v>
+      </c>
+      <c r="B310" t="s">
+        <v>53</v>
+      </c>
+      <c r="C310" t="s">
+        <v>537</v>
+      </c>
+      <c r="I310" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="311" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>534</v>
+      </c>
+      <c r="B311" t="s">
+        <v>448</v>
+      </c>
+      <c r="C311" t="s">
+        <v>538</v>
+      </c>
+      <c r="M311" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="312" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>534</v>
+      </c>
+      <c r="B312" t="s">
+        <v>135</v>
+      </c>
+      <c r="C312" t="s">
+        <v>539</v>
+      </c>
+      <c r="N312" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="313" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>534</v>
+      </c>
+      <c r="B313" t="s">
+        <v>540</v>
+      </c>
+      <c r="C313" t="s">
+        <v>541</v>
+      </c>
+      <c r="M313" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="314" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>534</v>
+      </c>
+      <c r="B314" t="s">
+        <v>542</v>
+      </c>
+      <c r="C314" t="s">
+        <v>543</v>
+      </c>
+      <c r="G314" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="315" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>544</v>
+      </c>
+      <c r="B315" t="s">
+        <v>62</v>
+      </c>
+      <c r="C315" t="s">
+        <v>545</v>
+      </c>
+      <c r="F315" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I315" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="316" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>544</v>
+      </c>
+      <c r="B316" t="s">
+        <v>546</v>
+      </c>
+      <c r="C316" t="s">
+        <v>547</v>
+      </c>
+      <c r="F316" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="317" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>544</v>
+      </c>
+      <c r="B317" t="s">
+        <v>85</v>
+      </c>
+      <c r="C317" t="s">
+        <v>548</v>
+      </c>
+      <c r="D317" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="318" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>544</v>
+      </c>
+      <c r="B318" t="s">
+        <v>549</v>
+      </c>
+      <c r="C318" t="s">
+        <v>550</v>
+      </c>
+      <c r="I318" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="319" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>551</v>
+      </c>
+      <c r="B319" t="s">
+        <v>21</v>
+      </c>
+      <c r="C319" t="s">
+        <v>552</v>
+      </c>
+      <c r="I319" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="320" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>551</v>
+      </c>
+      <c r="B320" t="s">
+        <v>23</v>
+      </c>
+      <c r="C320" t="s">
+        <v>553</v>
+      </c>
+      <c r="I320" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>551</v>
+      </c>
+      <c r="B321" t="s">
+        <v>554</v>
+      </c>
+      <c r="C321" t="s">
+        <v>555</v>
+      </c>
+      <c r="I321" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>551</v>
+      </c>
+      <c r="B322" t="s">
+        <v>556</v>
+      </c>
+      <c r="C322" t="s">
+        <v>557</v>
+      </c>
+      <c r="I322" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>558</v>
+      </c>
+      <c r="B323" t="s">
+        <v>239</v>
+      </c>
+      <c r="C323" t="s">
+        <v>559</v>
+      </c>
+      <c r="N323" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>558</v>
+      </c>
+      <c r="B324" t="s">
+        <v>560</v>
+      </c>
+      <c r="C324" t="s">
+        <v>561</v>
+      </c>
+      <c r="N324" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>562</v>
+      </c>
+      <c r="B325" t="s">
+        <v>21</v>
+      </c>
+      <c r="C325" t="s">
+        <v>563</v>
+      </c>
+      <c r="I325" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>562</v>
+      </c>
+      <c r="B326" t="s">
+        <v>23</v>
+      </c>
+      <c r="C326" t="s">
+        <v>564</v>
+      </c>
+      <c r="I326" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>565</v>
+      </c>
+      <c r="B327" t="s">
+        <v>21</v>
+      </c>
+      <c r="C327" t="s">
+        <v>566</v>
+      </c>
+      <c r="D327" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>567</v>
+      </c>
+      <c r="B328" t="s">
+        <v>21</v>
+      </c>
+      <c r="C328" t="s">
+        <v>568</v>
+      </c>
+      <c r="H328" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>567</v>
+      </c>
+      <c r="B329" t="s">
+        <v>23</v>
+      </c>
+      <c r="C329" t="s">
+        <v>569</v>
+      </c>
+      <c r="I329" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M329" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>567</v>
+      </c>
+      <c r="B330" t="s">
+        <v>206</v>
+      </c>
+      <c r="C330" t="s">
+        <v>207</v>
+      </c>
+      <c r="K330" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M330" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>567</v>
+      </c>
+      <c r="B331" t="s">
+        <v>114</v>
+      </c>
+      <c r="C331" t="s">
+        <v>570</v>
+      </c>
+      <c r="D331" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>567</v>
+      </c>
+      <c r="B332" t="s">
+        <v>505</v>
+      </c>
+      <c r="C332" t="s">
+        <v>571</v>
+      </c>
+      <c r="G332" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>567</v>
+      </c>
+      <c r="B333" t="s">
+        <v>253</v>
+      </c>
+      <c r="C333" t="s">
+        <v>572</v>
+      </c>
+      <c r="P333" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>567</v>
+      </c>
+      <c r="B334" t="s">
+        <v>105</v>
+      </c>
+      <c r="C334" t="s">
+        <v>573</v>
+      </c>
+      <c r="M334" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P334" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>574</v>
+      </c>
+      <c r="B335" t="s">
+        <v>309</v>
+      </c>
+      <c r="C335" t="s">
+        <v>575</v>
+      </c>
+      <c r="P335" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>574</v>
+      </c>
+      <c r="B336" t="s">
+        <v>105</v>
+      </c>
+      <c r="C336" t="s">
+        <v>576</v>
+      </c>
+      <c r="M336" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P336" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>577</v>
+      </c>
+      <c r="B337" t="s">
+        <v>270</v>
+      </c>
+      <c r="C337" t="s">
+        <v>578</v>
+      </c>
+      <c r="E337" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>577</v>
+      </c>
+      <c r="B338" t="s">
+        <v>242</v>
+      </c>
+      <c r="C338" t="s">
+        <v>579</v>
+      </c>
+      <c r="E338" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>577</v>
+      </c>
+      <c r="B339" t="s">
+        <v>331</v>
+      </c>
+      <c r="C339" t="s">
+        <v>580</v>
+      </c>
+      <c r="E339" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>577</v>
+      </c>
+      <c r="B340" t="s">
+        <v>109</v>
+      </c>
+      <c r="C340" t="s">
+        <v>581</v>
+      </c>
+      <c r="H340" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>577</v>
+      </c>
+      <c r="B341" t="s">
+        <v>273</v>
+      </c>
+      <c r="C341" t="s">
+        <v>582</v>
+      </c>
+      <c r="I341" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>577</v>
+      </c>
+      <c r="B342" t="s">
+        <v>494</v>
+      </c>
+      <c r="C342" t="s">
+        <v>583</v>
+      </c>
+      <c r="I342" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>577</v>
+      </c>
+      <c r="B343" t="s">
+        <v>122</v>
+      </c>
+      <c r="C343" t="s">
+        <v>584</v>
+      </c>
+      <c r="I343" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>577</v>
+      </c>
+      <c r="B344" t="s">
+        <v>111</v>
+      </c>
+      <c r="C344" t="s">
+        <v>585</v>
+      </c>
+      <c r="I344" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>577</v>
+      </c>
+      <c r="B345" t="s">
+        <v>64</v>
+      </c>
+      <c r="C345" t="s">
+        <v>586</v>
+      </c>
+      <c r="H345" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>577</v>
+      </c>
+      <c r="B346" t="s">
+        <v>351</v>
+      </c>
+      <c r="C346" t="s">
+        <v>587</v>
+      </c>
+      <c r="I346" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>577</v>
+      </c>
+      <c r="B347" t="s">
+        <v>588</v>
+      </c>
+      <c r="C347" t="s">
+        <v>589</v>
+      </c>
+      <c r="I347" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>577</v>
+      </c>
+      <c r="B348" t="s">
+        <v>387</v>
+      </c>
+      <c r="C348" t="s">
+        <v>590</v>
+      </c>
+      <c r="H348" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>577</v>
+      </c>
+      <c r="B349" t="s">
+        <v>591</v>
+      </c>
+      <c r="C349" t="s">
+        <v>592</v>
+      </c>
+      <c r="H349" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>577</v>
+      </c>
+      <c r="B350" t="s">
+        <v>279</v>
+      </c>
+      <c r="C350" t="s">
+        <v>593</v>
+      </c>
+      <c r="H350" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>577</v>
+      </c>
+      <c r="B351" t="s">
+        <v>337</v>
+      </c>
+      <c r="C351" t="s">
+        <v>594</v>
+      </c>
+      <c r="G351" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>577</v>
+      </c>
+      <c r="B352" t="s">
+        <v>209</v>
+      </c>
+      <c r="C352" t="s">
+        <v>595</v>
+      </c>
+      <c r="D352" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>577</v>
+      </c>
+      <c r="B353" t="s">
+        <v>29</v>
+      </c>
+      <c r="C353" t="s">
+        <v>596</v>
+      </c>
+      <c r="H353" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>577</v>
+      </c>
+      <c r="B354" t="s">
+        <v>128</v>
+      </c>
+      <c r="C354" t="s">
+        <v>597</v>
+      </c>
+      <c r="H354" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>577</v>
+      </c>
+      <c r="B355" t="s">
+        <v>546</v>
+      </c>
+      <c r="C355" t="s">
+        <v>547</v>
+      </c>
+      <c r="F355" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>577</v>
+      </c>
+      <c r="B356" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="8" t="s">
+      <c r="C356" t="s">
+        <v>598</v>
+      </c>
+      <c r="F356" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>577</v>
+      </c>
+      <c r="B357" t="s">
+        <v>599</v>
+      </c>
+      <c r="C357" t="s">
+        <v>600</v>
+      </c>
+      <c r="H357" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>577</v>
+      </c>
+      <c r="B358" t="s">
+        <v>601</v>
+      </c>
+      <c r="C358" t="s">
+        <v>602</v>
+      </c>
+      <c r="E358" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>577</v>
+      </c>
+      <c r="B359" t="s">
+        <v>33</v>
+      </c>
+      <c r="C359" t="s">
+        <v>603</v>
+      </c>
+      <c r="D359" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>577</v>
+      </c>
+      <c r="B360" t="s">
+        <v>426</v>
+      </c>
+      <c r="C360" t="s">
+        <v>604</v>
+      </c>
+      <c r="F360" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>577</v>
+      </c>
+      <c r="B361" t="s">
+        <v>605</v>
+      </c>
+      <c r="C361" t="s">
+        <v>606</v>
+      </c>
+      <c r="E361" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>577</v>
+      </c>
+      <c r="B362" t="s">
+        <v>37</v>
+      </c>
+      <c r="C362" t="s">
+        <v>607</v>
+      </c>
+      <c r="H362" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>577</v>
+      </c>
+      <c r="B363" t="s">
+        <v>430</v>
+      </c>
+      <c r="C363" t="s">
+        <v>608</v>
+      </c>
+      <c r="H363" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>577</v>
+      </c>
+      <c r="B364" t="s">
+        <v>171</v>
+      </c>
+      <c r="C364" t="s">
+        <v>609</v>
+      </c>
+      <c r="I364" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>577</v>
+      </c>
+      <c r="B365" t="s">
+        <v>610</v>
+      </c>
+      <c r="C365" t="s">
+        <v>611</v>
+      </c>
+      <c r="I365" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>577</v>
+      </c>
+      <c r="B366" t="s">
+        <v>70</v>
+      </c>
+      <c r="C366" t="s">
+        <v>612</v>
+      </c>
+      <c r="J366" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>577</v>
+      </c>
+      <c r="B367" t="s">
+        <v>81</v>
+      </c>
+      <c r="C367" t="s">
+        <v>613</v>
+      </c>
+      <c r="F367" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>577</v>
+      </c>
+      <c r="B368" t="s">
+        <v>85</v>
+      </c>
+      <c r="C368" t="s">
+        <v>548</v>
+      </c>
+      <c r="D368" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>577</v>
+      </c>
+      <c r="B369" t="s">
+        <v>549</v>
+      </c>
+      <c r="C369" t="s">
+        <v>550</v>
+      </c>
+      <c r="I369" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>577</v>
+      </c>
+      <c r="B370" t="s">
+        <v>614</v>
+      </c>
+      <c r="C370" t="s">
+        <v>615</v>
+      </c>
+      <c r="H370" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>577</v>
+      </c>
+      <c r="B371" t="s">
+        <v>616</v>
+      </c>
+      <c r="C371" t="s">
+        <v>617</v>
+      </c>
+      <c r="H371" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>577</v>
+      </c>
+      <c r="B372" t="s">
+        <v>618</v>
+      </c>
+      <c r="C372" t="s">
+        <v>619</v>
+      </c>
+      <c r="I372" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>577</v>
+      </c>
+      <c r="B373" t="s">
+        <v>620</v>
+      </c>
+      <c r="C373" t="s">
+        <v>621</v>
+      </c>
+      <c r="G373" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>577</v>
+      </c>
+      <c r="B374" t="s">
+        <v>622</v>
+      </c>
+      <c r="C374" t="s">
+        <v>623</v>
+      </c>
+      <c r="M374" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>577</v>
+      </c>
+      <c r="B375" t="s">
+        <v>466</v>
+      </c>
+      <c r="C375" t="s">
+        <v>624</v>
+      </c>
+      <c r="M375" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>577</v>
+      </c>
+      <c r="B376" t="s">
+        <v>153</v>
+      </c>
+      <c r="C376" t="s">
+        <v>625</v>
+      </c>
+      <c r="F376" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>577</v>
+      </c>
+      <c r="B377" t="s">
+        <v>253</v>
+      </c>
+      <c r="C377" t="s">
+        <v>626</v>
+      </c>
+      <c r="M377" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N377" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>627</v>
+      </c>
+      <c r="B378" t="s">
+        <v>21</v>
+      </c>
+      <c r="C378" t="s">
+        <v>628</v>
+      </c>
+      <c r="I378" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>629</v>
+      </c>
+      <c r="B379" t="s">
+        <v>305</v>
+      </c>
+      <c r="C379" t="s">
+        <v>630</v>
+      </c>
+      <c r="K379" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>629</v>
+      </c>
+      <c r="B380" t="s">
+        <v>101</v>
+      </c>
+      <c r="C380" t="s">
+        <v>311</v>
+      </c>
+      <c r="P380" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>631</v>
+      </c>
+      <c r="B381" t="s">
+        <v>244</v>
+      </c>
+      <c r="C381" t="s">
+        <v>632</v>
+      </c>
+      <c r="D381" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>631</v>
+      </c>
+      <c r="B382" t="s">
+        <v>633</v>
+      </c>
+      <c r="C382" t="s">
+        <v>634</v>
+      </c>
+      <c r="J382" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M382" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>635</v>
+      </c>
+      <c r="B383" t="s">
+        <v>165</v>
+      </c>
+      <c r="C383" t="s">
+        <v>636</v>
+      </c>
+      <c r="H383" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>635</v>
+      </c>
+      <c r="B384" t="s">
+        <v>337</v>
+      </c>
+      <c r="C384" t="s">
+        <v>637</v>
+      </c>
+      <c r="G384" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="385" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A385" t="s">
+        <v>638</v>
+      </c>
+      <c r="B385" t="s">
+        <v>73</v>
+      </c>
+      <c r="C385" t="s">
+        <v>639</v>
+      </c>
+      <c r="K385" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="386" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>638</v>
+      </c>
+      <c r="B386" t="s">
+        <v>640</v>
+      </c>
+      <c r="C386" t="s">
+        <v>641</v>
+      </c>
+      <c r="D386" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="387" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>638</v>
+      </c>
+      <c r="B387" t="s">
+        <v>442</v>
+      </c>
+      <c r="C387" t="s">
+        <v>642</v>
+      </c>
+      <c r="M387" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="388" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>638</v>
+      </c>
+      <c r="B388" t="s">
+        <v>261</v>
+      </c>
+      <c r="C388" t="s">
+        <v>643</v>
+      </c>
+      <c r="G388" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M388" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="389" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
+        <v>638</v>
+      </c>
+      <c r="B389" t="s">
+        <v>540</v>
+      </c>
+      <c r="C389" t="s">
+        <v>644</v>
+      </c>
+      <c r="M389" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="390" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
+        <v>638</v>
+      </c>
+      <c r="B390" t="s">
+        <v>645</v>
+      </c>
+      <c r="C390" t="s">
+        <v>646</v>
+      </c>
+      <c r="N390" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="391" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>647</v>
+      </c>
+      <c r="B391" t="s">
+        <v>165</v>
+      </c>
+      <c r="C391" t="s">
+        <v>648</v>
+      </c>
+      <c r="E391" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="392" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>649</v>
+      </c>
+      <c r="B392" t="s">
+        <v>62</v>
+      </c>
+      <c r="C392" t="s">
+        <v>650</v>
+      </c>
+      <c r="E392" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="393" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>649</v>
+      </c>
+      <c r="B393" t="s">
+        <v>165</v>
+      </c>
+      <c r="C393" t="s">
+        <v>651</v>
+      </c>
+      <c r="G393" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="394" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>649</v>
+      </c>
+      <c r="B394" t="s">
+        <v>463</v>
+      </c>
+      <c r="C394" t="s">
+        <v>652</v>
+      </c>
+      <c r="M394" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="395" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
+        <v>653</v>
+      </c>
+      <c r="B395" t="s">
+        <v>21</v>
+      </c>
+      <c r="C395" t="s">
+        <v>654</v>
+      </c>
+      <c r="E395" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="396" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
+        <v>653</v>
+      </c>
+      <c r="B396" t="s">
+        <v>233</v>
+      </c>
+      <c r="C396" t="s">
+        <v>655</v>
+      </c>
+      <c r="E396" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="397" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
+        <v>656</v>
+      </c>
+      <c r="B397" t="s">
+        <v>21</v>
+      </c>
+      <c r="C397" t="s">
+        <v>657</v>
+      </c>
+      <c r="J397" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="398" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A398" t="s">
+        <v>656</v>
+      </c>
+      <c r="B398" t="s">
+        <v>270</v>
+      </c>
+      <c r="C398" t="s">
+        <v>658</v>
+      </c>
+      <c r="J398" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="399" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>656</v>
+      </c>
+      <c r="B399" t="s">
+        <v>494</v>
+      </c>
+      <c r="C399" t="s">
+        <v>659</v>
+      </c>
+      <c r="J399" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="400" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>656</v>
+      </c>
+      <c r="B400" t="s">
+        <v>122</v>
+      </c>
+      <c r="C400" t="s">
+        <v>660</v>
+      </c>
+      <c r="J400" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
+        <v>656</v>
+      </c>
+      <c r="B401" t="s">
+        <v>387</v>
+      </c>
+      <c r="C401" t="s">
+        <v>661</v>
+      </c>
+      <c r="J401" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
+        <v>656</v>
+      </c>
+      <c r="B402" t="s">
+        <v>591</v>
+      </c>
+      <c r="C402" t="s">
+        <v>662</v>
+      </c>
+      <c r="J402" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
+        <v>656</v>
+      </c>
+      <c r="B403" t="s">
+        <v>159</v>
+      </c>
+      <c r="C403" t="s">
+        <v>663</v>
+      </c>
+      <c r="J403" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
+        <v>656</v>
+      </c>
+      <c r="B404" t="s">
+        <v>161</v>
+      </c>
+      <c r="C404" t="s">
+        <v>664</v>
+      </c>
+      <c r="J404" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
+        <v>656</v>
+      </c>
+      <c r="B405" t="s">
+        <v>665</v>
+      </c>
+      <c r="C405" t="s">
+        <v>666</v>
+      </c>
+      <c r="J405" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
+        <v>656</v>
+      </c>
+      <c r="B406" t="s">
+        <v>667</v>
+      </c>
+      <c r="C406" t="s">
+        <v>668</v>
+      </c>
+      <c r="J406" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>656</v>
+      </c>
+      <c r="B407" t="s">
+        <v>276</v>
+      </c>
+      <c r="C407" t="s">
+        <v>669</v>
+      </c>
+      <c r="J407" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A408" t="s">
+        <v>656</v>
+      </c>
+      <c r="B408" t="s">
+        <v>670</v>
+      </c>
+      <c r="C408" t="s">
+        <v>671</v>
+      </c>
+      <c r="J408" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>656</v>
+      </c>
+      <c r="B409" t="s">
+        <v>126</v>
+      </c>
+      <c r="C409" t="s">
+        <v>672</v>
+      </c>
+      <c r="J409" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>656</v>
+      </c>
+      <c r="B410" t="s">
+        <v>81</v>
+      </c>
+      <c r="C410" t="s">
+        <v>673</v>
+      </c>
+      <c r="M410" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>656</v>
+      </c>
+      <c r="B411" t="s">
+        <v>135</v>
+      </c>
+      <c r="C411" t="s">
+        <v>674</v>
+      </c>
+      <c r="N411" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>675</v>
+      </c>
+      <c r="B412" t="s">
+        <v>676</v>
+      </c>
+      <c r="C412" t="s">
+        <v>677</v>
+      </c>
+      <c r="M412" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>675</v>
+      </c>
+      <c r="B413" t="s">
+        <v>678</v>
+      </c>
+      <c r="C413" t="s">
+        <v>679</v>
+      </c>
+      <c r="P413" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A414" t="s">
+        <v>675</v>
+      </c>
+      <c r="B414" t="s">
+        <v>680</v>
+      </c>
+      <c r="C414" t="s">
+        <v>681</v>
+      </c>
+      <c r="P414" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A415" t="s">
+        <v>682</v>
+      </c>
+      <c r="B415" t="s">
+        <v>21</v>
+      </c>
+      <c r="C415" t="s">
+        <v>683</v>
+      </c>
+      <c r="F415" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M415" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A416" t="s">
+        <v>682</v>
+      </c>
+      <c r="B416" t="s">
+        <v>233</v>
+      </c>
+      <c r="C416" t="s">
+        <v>684</v>
+      </c>
+      <c r="F416" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M416" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A417" t="s">
+        <v>682</v>
+      </c>
+      <c r="B417" t="s">
+        <v>448</v>
+      </c>
+      <c r="C417" t="s">
+        <v>685</v>
+      </c>
+      <c r="M417" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A418" t="s">
+        <v>686</v>
+      </c>
+      <c r="B418" t="s">
+        <v>687</v>
+      </c>
+      <c r="C418" t="s">
+        <v>688</v>
+      </c>
+      <c r="M418" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A419" t="s">
+        <v>686</v>
+      </c>
+      <c r="B419" t="s">
+        <v>689</v>
+      </c>
+      <c r="C419" t="s">
+        <v>690</v>
+      </c>
+      <c r="P419" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
+        <v>686</v>
+      </c>
+      <c r="B420" t="s">
+        <v>691</v>
+      </c>
+      <c r="C420" t="s">
+        <v>692</v>
+      </c>
+      <c r="P420" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A421" t="s">
+        <v>686</v>
+      </c>
+      <c r="B421" t="s">
+        <v>55</v>
+      </c>
+      <c r="C421" t="s">
+        <v>399</v>
+      </c>
+      <c r="N421" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P421" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A422" t="s">
+        <v>686</v>
+      </c>
+      <c r="B422" t="s">
+        <v>693</v>
+      </c>
+      <c r="C422" t="s">
+        <v>400</v>
+      </c>
+      <c r="N422" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P422" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A423" t="s">
+        <v>694</v>
+      </c>
+      <c r="B423" t="s">
+        <v>64</v>
+      </c>
+      <c r="C423" t="s">
+        <v>695</v>
+      </c>
+      <c r="E423" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A424" t="s">
+        <v>694</v>
+      </c>
+      <c r="B424" t="s">
+        <v>601</v>
+      </c>
+      <c r="C424" t="s">
+        <v>696</v>
+      </c>
+      <c r="G424" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P424" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A425" t="s">
+        <v>694</v>
+      </c>
+      <c r="B425" t="s">
+        <v>697</v>
+      </c>
+      <c r="C425" t="s">
+        <v>698</v>
+      </c>
+      <c r="I425" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>694</v>
+      </c>
+      <c r="B426" t="s">
+        <v>699</v>
+      </c>
+      <c r="C426" t="s">
+        <v>700</v>
+      </c>
+      <c r="M426" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A427" t="s">
+        <v>694</v>
+      </c>
+      <c r="B427" t="s">
+        <v>701</v>
+      </c>
+      <c r="C427" t="s">
+        <v>702</v>
+      </c>
+      <c r="E427" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A428" t="s">
+        <v>694</v>
+      </c>
+      <c r="B428" t="s">
+        <v>703</v>
+      </c>
+      <c r="C428" t="s">
+        <v>704</v>
+      </c>
+      <c r="I428" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A429" t="s">
+        <v>694</v>
+      </c>
+      <c r="B429" t="s">
+        <v>705</v>
+      </c>
+      <c r="C429" t="s">
+        <v>706</v>
+      </c>
+      <c r="M429" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N429" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A430" t="s">
+        <v>694</v>
+      </c>
+      <c r="B430" t="s">
+        <v>707</v>
+      </c>
+      <c r="C430" t="s">
+        <v>708</v>
+      </c>
+      <c r="N430" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P430" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A431" t="s">
+        <v>709</v>
+      </c>
+      <c r="B431" t="s">
+        <v>620</v>
+      </c>
+      <c r="C431" t="s">
+        <v>710</v>
+      </c>
+      <c r="I431" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A432" t="s">
+        <v>711</v>
+      </c>
+      <c r="B432" t="s">
+        <v>198</v>
+      </c>
+      <c r="C432" t="s">
+        <v>712</v>
+      </c>
+      <c r="M432" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A433" t="s">
+        <v>713</v>
+      </c>
+      <c r="B433" t="s">
+        <v>360</v>
+      </c>
+      <c r="C433" t="s">
+        <v>714</v>
+      </c>
+      <c r="I433" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A434" t="s">
+        <v>713</v>
+      </c>
+      <c r="B434" t="s">
+        <v>29</v>
+      </c>
+      <c r="C434" t="s">
+        <v>715</v>
+      </c>
+      <c r="I434" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A435" t="s">
+        <v>716</v>
+      </c>
+      <c r="B435" t="s">
+        <v>448</v>
+      </c>
+      <c r="C435" t="s">
+        <v>717</v>
+      </c>
+      <c r="K435" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M435" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A436" t="s">
+        <v>716</v>
+      </c>
+      <c r="B436" t="s">
+        <v>718</v>
+      </c>
+      <c r="C436" t="s">
+        <v>719</v>
+      </c>
+      <c r="K436" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A437" t="s">
+        <v>716</v>
+      </c>
+      <c r="B437" t="s">
+        <v>398</v>
+      </c>
+      <c r="C437" t="s">
+        <v>720</v>
+      </c>
+      <c r="I437" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M437" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A438" t="s">
+        <v>716</v>
+      </c>
+      <c r="B438" t="s">
+        <v>135</v>
+      </c>
+      <c r="C438" t="s">
+        <v>721</v>
+      </c>
+      <c r="H438" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M438" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>716</v>
+      </c>
+      <c r="B439" t="s">
+        <v>137</v>
+      </c>
+      <c r="C439" t="s">
+        <v>722</v>
+      </c>
+      <c r="E439" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A440" t="s">
+        <v>716</v>
+      </c>
+      <c r="B440" t="s">
+        <v>182</v>
+      </c>
+      <c r="C440" t="s">
+        <v>723</v>
+      </c>
+      <c r="H440" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A441" t="s">
+        <v>724</v>
+      </c>
+      <c r="B441" t="s">
+        <v>29</v>
+      </c>
+      <c r="C441" t="s">
+        <v>725</v>
+      </c>
+      <c r="G441" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A442" t="s">
+        <v>726</v>
+      </c>
+      <c r="B442" t="s">
+        <v>206</v>
+      </c>
+      <c r="C442" t="s">
+        <v>727</v>
+      </c>
+      <c r="D442" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A443" t="s">
+        <v>726</v>
+      </c>
+      <c r="B443" t="s">
+        <v>233</v>
+      </c>
+      <c r="C443" t="s">
+        <v>728</v>
+      </c>
+      <c r="D443" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A444" t="s">
+        <v>729</v>
+      </c>
+      <c r="B444" t="s">
+        <v>21</v>
+      </c>
+      <c r="C444" t="s">
+        <v>730</v>
+      </c>
+      <c r="D444" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A445" t="s">
+        <v>729</v>
+      </c>
+      <c r="B445" t="s">
+        <v>242</v>
+      </c>
+      <c r="C445" t="s">
+        <v>731</v>
+      </c>
+      <c r="D445" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>729</v>
+      </c>
+      <c r="B446" t="s">
+        <v>206</v>
+      </c>
+      <c r="C446" t="s">
+        <v>732</v>
+      </c>
+      <c r="D446" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>729</v>
+      </c>
+      <c r="B447" t="s">
+        <v>279</v>
+      </c>
+      <c r="C447" t="s">
+        <v>733</v>
+      </c>
+      <c r="D447" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A448" t="s">
+        <v>734</v>
+      </c>
+      <c r="B448" t="s">
+        <v>21</v>
+      </c>
+      <c r="C448" t="s">
+        <v>735</v>
+      </c>
+      <c r="D448" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A449" t="s">
+        <v>734</v>
+      </c>
+      <c r="B449" t="s">
+        <v>270</v>
+      </c>
+      <c r="C449" t="s">
+        <v>736</v>
+      </c>
+      <c r="D449" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A450" t="s">
+        <v>734</v>
+      </c>
+      <c r="B450" t="s">
+        <v>122</v>
+      </c>
+      <c r="C450" t="s">
+        <v>737</v>
+      </c>
+      <c r="D450" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A451" t="s">
+        <v>734</v>
+      </c>
+      <c r="B451" t="s">
+        <v>64</v>
+      </c>
+      <c r="C451" t="s">
+        <v>738</v>
+      </c>
+      <c r="D451" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A452" t="s">
+        <v>734</v>
+      </c>
+      <c r="B452" t="s">
+        <v>351</v>
+      </c>
+      <c r="C452" t="s">
+        <v>739</v>
+      </c>
+      <c r="D452" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A453" t="s">
+        <v>734</v>
+      </c>
+      <c r="B453" t="s">
+        <v>588</v>
+      </c>
+      <c r="C453" t="s">
+        <v>740</v>
+      </c>
+      <c r="D453" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A454" t="s">
+        <v>734</v>
+      </c>
+      <c r="B454" t="s">
+        <v>316</v>
+      </c>
+      <c r="C454" t="s">
+        <v>741</v>
+      </c>
+      <c r="D454" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A455" t="s">
+        <v>734</v>
+      </c>
+      <c r="B455" t="s">
+        <v>244</v>
+      </c>
+      <c r="C455" t="s">
+        <v>742</v>
+      </c>
+      <c r="D455" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A456" t="s">
+        <v>734</v>
+      </c>
+      <c r="B456" t="s">
+        <v>743</v>
+      </c>
+      <c r="C456" t="s">
+        <v>744</v>
+      </c>
+      <c r="D456" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>734</v>
+      </c>
+      <c r="B457" t="s">
+        <v>390</v>
+      </c>
+      <c r="C457" t="s">
+        <v>745</v>
+      </c>
+      <c r="D457" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>734</v>
+      </c>
+      <c r="B458" t="s">
+        <v>746</v>
+      </c>
+      <c r="C458" t="s">
+        <v>747</v>
+      </c>
+      <c r="D458" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>734</v>
+      </c>
+      <c r="B459" t="s">
+        <v>748</v>
+      </c>
+      <c r="C459" t="s">
+        <v>749</v>
+      </c>
+      <c r="D459" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A460" t="s">
+        <v>734</v>
+      </c>
+      <c r="B460" t="s">
+        <v>206</v>
+      </c>
+      <c r="C460" t="s">
+        <v>750</v>
+      </c>
+      <c r="D460" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A461" t="s">
+        <v>734</v>
+      </c>
+      <c r="B461" t="s">
+        <v>66</v>
+      </c>
+      <c r="C461" t="s">
+        <v>751</v>
+      </c>
+      <c r="D461" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>734</v>
+      </c>
+      <c r="B462" t="s">
+        <v>357</v>
+      </c>
+      <c r="C462" t="s">
+        <v>752</v>
+      </c>
+      <c r="D462" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>753</v>
+      </c>
+      <c r="B463" t="s">
+        <v>270</v>
+      </c>
+      <c r="C463" t="s">
+        <v>754</v>
+      </c>
+      <c r="D463" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>753</v>
+      </c>
+      <c r="B464" t="s">
+        <v>233</v>
+      </c>
+      <c r="C464" t="s">
+        <v>755</v>
+      </c>
+      <c r="D464" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="465" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>753</v>
+      </c>
+      <c r="B465" t="s">
+        <v>29</v>
+      </c>
+      <c r="C465" t="s">
+        <v>755</v>
+      </c>
+      <c r="D465" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="466" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>753</v>
+      </c>
+      <c r="B466" t="s">
+        <v>756</v>
+      </c>
+      <c r="C466" t="s">
+        <v>757</v>
+      </c>
+      <c r="D466" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="467" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>753</v>
+      </c>
+      <c r="B467" t="s">
+        <v>253</v>
+      </c>
+      <c r="C467" t="s">
+        <v>314</v>
+      </c>
+      <c r="N467" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="468" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>758</v>
+      </c>
+      <c r="B468" t="s">
+        <v>21</v>
+      </c>
+      <c r="C468" t="s">
+        <v>759</v>
+      </c>
+      <c r="D468" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="469" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>760</v>
+      </c>
+      <c r="B469" t="s">
+        <v>21</v>
+      </c>
+      <c r="C469" t="s">
+        <v>761</v>
+      </c>
+      <c r="I469" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="470" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A470" t="s">
+        <v>760</v>
+      </c>
+      <c r="B470" t="s">
+        <v>23</v>
+      </c>
+      <c r="C470" t="s">
+        <v>762</v>
+      </c>
+      <c r="H470" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="471" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A471" t="s">
+        <v>760</v>
+      </c>
+      <c r="B471" t="s">
+        <v>279</v>
+      </c>
+      <c r="C471" t="s">
+        <v>763</v>
+      </c>
+      <c r="I471" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="472" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A472" t="s">
+        <v>760</v>
+      </c>
+      <c r="B472" t="s">
+        <v>554</v>
+      </c>
+      <c r="C472" t="s">
+        <v>764</v>
+      </c>
+      <c r="I472" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="473" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>760</v>
+      </c>
+      <c r="B473" t="s">
+        <v>601</v>
+      </c>
+      <c r="C473" t="s">
+        <v>602</v>
+      </c>
+      <c r="E473" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="474" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A474" t="s">
+        <v>760</v>
+      </c>
+      <c r="B474" t="s">
+        <v>765</v>
+      </c>
+      <c r="C474" t="s">
+        <v>604</v>
+      </c>
+      <c r="F474" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="475" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A475" t="s">
+        <v>760</v>
+      </c>
+      <c r="B475" t="s">
+        <v>53</v>
+      </c>
+      <c r="C475" t="s">
+        <v>766</v>
+      </c>
+      <c r="I475" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="476" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A476" t="s">
+        <v>767</v>
+      </c>
+      <c r="B476" t="s">
+        <v>279</v>
+      </c>
+      <c r="C476" t="s">
+        <v>768</v>
+      </c>
+      <c r="I476" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="477" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A477" t="s">
+        <v>767</v>
+      </c>
+      <c r="B477" t="s">
+        <v>769</v>
+      </c>
+      <c r="C477" t="s">
+        <v>770</v>
+      </c>
+      <c r="G477" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="478" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A478" t="s">
+        <v>767</v>
+      </c>
+      <c r="B478" t="s">
+        <v>620</v>
+      </c>
+      <c r="C478" t="s">
+        <v>771</v>
+      </c>
+      <c r="I478" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="479" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A479" t="s">
+        <v>772</v>
+      </c>
+      <c r="B479" t="s">
+        <v>62</v>
+      </c>
+      <c r="C479" t="s">
+        <v>773</v>
+      </c>
+      <c r="H479" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="480" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A480" t="s">
+        <v>772</v>
+      </c>
+      <c r="B480" t="s">
+        <v>242</v>
+      </c>
+      <c r="C480" t="s">
+        <v>774</v>
+      </c>
+      <c r="D480" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A481" t="s">
+        <v>772</v>
+      </c>
+      <c r="B481" t="s">
+        <v>331</v>
+      </c>
+      <c r="C481" t="s">
+        <v>775</v>
+      </c>
+      <c r="J481" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A482" t="s">
+        <v>772</v>
+      </c>
+      <c r="B482" t="s">
+        <v>515</v>
+      </c>
+      <c r="C482" t="s">
+        <v>776</v>
+      </c>
+      <c r="D482" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A483" t="s">
+        <v>772</v>
+      </c>
+      <c r="B483" t="s">
+        <v>209</v>
+      </c>
+      <c r="C483" t="s">
+        <v>777</v>
+      </c>
+      <c r="D483" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A484" t="s">
+        <v>772</v>
+      </c>
+      <c r="B484" t="s">
+        <v>35</v>
+      </c>
+      <c r="C484" t="s">
+        <v>778</v>
+      </c>
+      <c r="D484" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A485" t="s">
+        <v>772</v>
+      </c>
+      <c r="B485" t="s">
+        <v>610</v>
+      </c>
+      <c r="C485" t="s">
+        <v>779</v>
+      </c>
+      <c r="D485" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A486" t="s">
+        <v>772</v>
+      </c>
+      <c r="B486" t="s">
+        <v>45</v>
+      </c>
+      <c r="C486" t="s">
+        <v>780</v>
+      </c>
+      <c r="D486" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A487" t="s">
+        <v>772</v>
+      </c>
+      <c r="B487" t="s">
+        <v>253</v>
+      </c>
+      <c r="C487" t="s">
+        <v>781</v>
+      </c>
+      <c r="M487" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P487" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A488" t="s">
+        <v>772</v>
+      </c>
+      <c r="B488" t="s">
+        <v>105</v>
+      </c>
+      <c r="C488" t="s">
+        <v>782</v>
+      </c>
+      <c r="P488" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A489" t="s">
+        <v>783</v>
+      </c>
+      <c r="B489" t="s">
+        <v>23</v>
+      </c>
+      <c r="C489" t="s">
+        <v>784</v>
+      </c>
+      <c r="P489" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A490" t="s">
+        <v>783</v>
+      </c>
+      <c r="B490" t="s">
+        <v>206</v>
+      </c>
+      <c r="C490" t="s">
+        <v>785</v>
+      </c>
+      <c r="D490" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="J490" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A491" t="s">
+        <v>783</v>
+      </c>
+      <c r="B491" t="s">
+        <v>165</v>
+      </c>
+      <c r="C491" t="s">
+        <v>786</v>
+      </c>
+      <c r="P491" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A492" t="s">
+        <v>783</v>
+      </c>
+      <c r="B492" t="s">
+        <v>554</v>
+      </c>
+      <c r="C492" t="s">
+        <v>787</v>
+      </c>
+      <c r="J492" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A493" t="s">
+        <v>783</v>
+      </c>
+      <c r="B493" t="s">
+        <v>788</v>
+      </c>
+      <c r="C493" t="s">
+        <v>789</v>
+      </c>
+      <c r="D493" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A494" t="s">
+        <v>783</v>
+      </c>
+      <c r="B494" t="s">
+        <v>448</v>
+      </c>
+      <c r="C494" t="s">
+        <v>790</v>
+      </c>
+      <c r="P494" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A495" t="s">
+        <v>783</v>
+      </c>
+      <c r="B495" t="s">
+        <v>620</v>
+      </c>
+      <c r="C495" t="s">
+        <v>791</v>
+      </c>
+      <c r="M495" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="496" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A496" t="s">
+        <v>783</v>
+      </c>
+      <c r="B496" t="s">
+        <v>184</v>
+      </c>
+      <c r="C496" t="s">
+        <v>792</v>
+      </c>
+      <c r="H496" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I496" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="497" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A497" t="s">
+        <v>783</v>
+      </c>
+      <c r="B497" t="s">
+        <v>92</v>
+      </c>
+      <c r="C497" t="s">
+        <v>793</v>
+      </c>
+      <c r="F497" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="498" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A498" t="s">
+        <v>783</v>
+      </c>
+      <c r="B498" t="s">
+        <v>794</v>
+      </c>
+      <c r="C498" t="s">
+        <v>795</v>
+      </c>
+      <c r="N498" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="499" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A499" t="s">
+        <v>796</v>
+      </c>
+      <c r="B499" t="s">
+        <v>233</v>
+      </c>
+      <c r="C499" t="s">
+        <v>797</v>
+      </c>
+      <c r="H499" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="500" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A500" t="s">
+        <v>796</v>
+      </c>
+      <c r="B500" t="s">
+        <v>45</v>
+      </c>
+      <c r="C500" t="s">
+        <v>798</v>
+      </c>
+      <c r="D500" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="501" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A501" t="s">
+        <v>796</v>
+      </c>
+      <c r="B501" t="s">
+        <v>51</v>
+      </c>
+      <c r="C501" t="s">
+        <v>799</v>
+      </c>
+      <c r="E501" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="502" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A502" t="s">
+        <v>796</v>
+      </c>
+      <c r="B502" t="s">
+        <v>800</v>
+      </c>
+      <c r="C502" t="s">
+        <v>801</v>
+      </c>
+      <c r="G502" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="503" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A503" t="s">
+        <v>796</v>
+      </c>
+      <c r="B503" t="s">
+        <v>215</v>
+      </c>
+      <c r="C503" t="s">
+        <v>802</v>
+      </c>
+      <c r="G503" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="504" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A504" t="s">
+        <v>803</v>
+      </c>
+      <c r="B504" t="s">
+        <v>273</v>
+      </c>
+      <c r="C504" t="s">
+        <v>804</v>
+      </c>
+      <c r="E504" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="505" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A505" t="s">
+        <v>805</v>
+      </c>
+      <c r="B505" t="s">
+        <v>62</v>
+      </c>
+      <c r="C505" t="s">
+        <v>806</v>
+      </c>
+      <c r="G505" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="506" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A506" t="s">
+        <v>805</v>
+      </c>
+      <c r="B506" t="s">
+        <v>23</v>
+      </c>
+      <c r="C506" t="s">
+        <v>807</v>
+      </c>
+      <c r="G506" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="507" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A507" t="s">
+        <v>805</v>
+      </c>
+      <c r="B507" t="s">
+        <v>270</v>
+      </c>
+      <c r="C507" t="s">
+        <v>808</v>
+      </c>
+      <c r="H507" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="508" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A508" t="s">
+        <v>805</v>
+      </c>
+      <c r="B508" t="s">
+        <v>242</v>
+      </c>
+      <c r="C508" t="s">
+        <v>809</v>
+      </c>
+      <c r="D508" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="509" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A509" t="s">
+        <v>805</v>
+      </c>
+      <c r="B509" t="s">
+        <v>331</v>
+      </c>
+      <c r="C509" t="s">
+        <v>810</v>
+      </c>
+      <c r="I509" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="510" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A510" t="s">
+        <v>805</v>
+      </c>
+      <c r="B510" t="s">
+        <v>743</v>
+      </c>
+      <c r="C510" t="s">
+        <v>811</v>
+      </c>
+      <c r="F510" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="511" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A511" t="s">
+        <v>805</v>
+      </c>
+      <c r="B511" t="s">
+        <v>233</v>
+      </c>
+      <c r="C511" t="s">
+        <v>812</v>
+      </c>
+      <c r="M511" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="512" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A512" t="s">
+        <v>805</v>
+      </c>
+      <c r="B512" t="s">
+        <v>29</v>
+      </c>
+      <c r="C512" t="s">
+        <v>813</v>
+      </c>
+      <c r="H512" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="513" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A513" t="s">
+        <v>805</v>
+      </c>
+      <c r="B513" t="s">
+        <v>788</v>
+      </c>
+      <c r="C513" t="s">
+        <v>814</v>
+      </c>
+      <c r="H513" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="514" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A514" t="s">
+        <v>805</v>
+      </c>
+      <c r="B514" t="s">
+        <v>33</v>
+      </c>
+      <c r="C514" t="s">
+        <v>815</v>
+      </c>
+      <c r="H514" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="515" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A515" t="s">
+        <v>805</v>
+      </c>
+      <c r="B515" t="s">
+        <v>426</v>
+      </c>
+      <c r="C515" t="s">
+        <v>816</v>
+      </c>
+      <c r="D515" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="516" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A516" t="s">
+        <v>805</v>
+      </c>
+      <c r="B516" t="s">
+        <v>765</v>
+      </c>
+      <c r="C516" t="s">
+        <v>6</v>
+      </c>
+      <c r="G516" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="517" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A517" t="s">
+        <v>805</v>
+      </c>
+      <c r="B517" t="s">
+        <v>817</v>
+      </c>
+      <c r="C517" t="s">
+        <v>818</v>
+      </c>
+      <c r="G517" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="518" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A518" t="s">
+        <v>805</v>
+      </c>
+      <c r="B518" t="s">
+        <v>605</v>
+      </c>
+      <c r="C518" t="s">
+        <v>819</v>
+      </c>
+      <c r="G518" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="519" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A519" t="s">
+        <v>805</v>
+      </c>
+      <c r="B519" t="s">
+        <v>37</v>
+      </c>
+      <c r="C519" t="s">
+        <v>820</v>
+      </c>
+      <c r="G519" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="520" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A520" t="s">
+        <v>805</v>
+      </c>
+      <c r="B520" t="s">
+        <v>171</v>
+      </c>
+      <c r="C520" t="s">
+        <v>821</v>
+      </c>
+      <c r="E520" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="521" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A521" t="s">
+        <v>805</v>
+      </c>
+      <c r="B521" t="s">
+        <v>173</v>
+      </c>
+      <c r="C521" t="s">
+        <v>822</v>
+      </c>
+      <c r="E521" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="522" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A522" t="s">
+        <v>805</v>
+      </c>
+      <c r="B522" t="s">
+        <v>45</v>
+      </c>
+      <c r="C522" t="s">
+        <v>823</v>
+      </c>
+      <c r="J522" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="523" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A523" t="s">
+        <v>805</v>
+      </c>
+      <c r="B523" t="s">
+        <v>824</v>
+      </c>
+      <c r="C523" t="s">
+        <v>825</v>
+      </c>
+      <c r="D523" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="524" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A524" t="s">
+        <v>805</v>
+      </c>
+      <c r="B524" t="s">
+        <v>826</v>
+      </c>
+      <c r="C524" t="s">
+        <v>827</v>
+      </c>
+      <c r="H524" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="525" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A525" t="s">
+        <v>805</v>
+      </c>
+      <c r="B525" t="s">
+        <v>375</v>
+      </c>
+      <c r="C525" t="s">
+        <v>828</v>
+      </c>
+      <c r="M525" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N525" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="526" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A526" t="s">
+        <v>829</v>
+      </c>
+      <c r="B526" t="s">
+        <v>331</v>
+      </c>
+      <c r="C526" t="s">
+        <v>830</v>
+      </c>
+      <c r="K526" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L526" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="527" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A527" t="s">
+        <v>829</v>
+      </c>
+      <c r="B527" t="s">
+        <v>273</v>
+      </c>
+      <c r="C527" t="s">
+        <v>831</v>
+      </c>
+      <c r="K527" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L527" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="528" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A528" t="s">
+        <v>829</v>
+      </c>
+      <c r="B528" t="s">
+        <v>494</v>
+      </c>
+      <c r="C528" t="s">
+        <v>832</v>
+      </c>
+      <c r="K528" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L528" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A529" t="s">
+        <v>829</v>
+      </c>
+      <c r="B529" t="s">
+        <v>64</v>
+      </c>
+      <c r="C529" t="s">
+        <v>833</v>
+      </c>
+      <c r="K529" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L529" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="530" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A530" t="s">
+        <v>829</v>
+      </c>
+      <c r="B530" t="s">
+        <v>351</v>
+      </c>
+      <c r="C530" t="s">
+        <v>834</v>
+      </c>
+      <c r="K530" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L530" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="531" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A531" t="s">
+        <v>829</v>
+      </c>
+      <c r="B531" t="s">
+        <v>244</v>
+      </c>
+      <c r="C531" t="s">
+        <v>835</v>
+      </c>
+      <c r="K531" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L531" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="532" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A532" t="s">
+        <v>829</v>
+      </c>
+      <c r="B532" t="s">
+        <v>161</v>
+      </c>
+      <c r="C532" t="s">
+        <v>836</v>
+      </c>
+      <c r="K532" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L532" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="533" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A533" t="s">
+        <v>829</v>
+      </c>
+      <c r="B533" t="s">
+        <v>837</v>
+      </c>
+      <c r="C533" t="s">
+        <v>838</v>
+      </c>
+      <c r="M533" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="534" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A534" t="s">
+        <v>829</v>
+      </c>
+      <c r="B534" t="s">
+        <v>676</v>
+      </c>
+      <c r="C534" t="s">
+        <v>839</v>
+      </c>
+      <c r="M534" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="535" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A535" t="s">
+        <v>829</v>
+      </c>
+      <c r="B535" t="s">
+        <v>179</v>
+      </c>
+      <c r="C535" t="s">
+        <v>840</v>
+      </c>
+      <c r="P535" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="536" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A536" t="s">
+        <v>829</v>
+      </c>
+      <c r="B536" t="s">
+        <v>841</v>
+      </c>
+      <c r="C536" t="s">
+        <v>842</v>
+      </c>
+      <c r="P536" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="537" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A537" t="s">
+        <v>829</v>
+      </c>
+      <c r="B537" t="s">
+        <v>843</v>
+      </c>
+      <c r="C537" t="s">
+        <v>844</v>
+      </c>
+      <c r="P537" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="538" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A538" t="s">
+        <v>845</v>
+      </c>
+      <c r="B538" t="s">
+        <v>62</v>
+      </c>
+      <c r="C538" t="s">
+        <v>846</v>
+      </c>
+      <c r="E538" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A539" t="s">
+        <v>845</v>
+      </c>
+      <c r="B539" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="8" t="s">
+      <c r="C539" t="s">
+        <v>847</v>
+      </c>
+      <c r="E539" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="I539" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A540" t="s">
+        <v>845</v>
+      </c>
+      <c r="B540" t="s">
+        <v>233</v>
+      </c>
+      <c r="C540" t="s">
+        <v>848</v>
+      </c>
+      <c r="E540" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="G540" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="541" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A541" t="s">
+        <v>845</v>
+      </c>
+      <c r="B541" t="s">
+        <v>554</v>
+      </c>
+      <c r="C541" t="s">
+        <v>849</v>
+      </c>
+      <c r="E541" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="542" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A542" t="s">
+        <v>845</v>
+      </c>
+      <c r="B542" t="s">
+        <v>610</v>
+      </c>
+      <c r="C542" t="s">
+        <v>850</v>
+      </c>
+      <c r="E542" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="H542" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A543" t="s">
+        <v>845</v>
+      </c>
+      <c r="B543" t="s">
+        <v>436</v>
+      </c>
+      <c r="C543" t="s">
+        <v>851</v>
+      </c>
+      <c r="E543" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="544" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A544" t="s">
+        <v>845</v>
+      </c>
+      <c r="B544" t="s">
+        <v>633</v>
+      </c>
+      <c r="C544" t="s">
+        <v>852</v>
+      </c>
+      <c r="E544" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="545" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A545" t="s">
+        <v>845</v>
+      </c>
+      <c r="B545" t="s">
+        <v>448</v>
+      </c>
+      <c r="C545" t="s">
+        <v>853</v>
+      </c>
+      <c r="M545" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="546" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A546" t="s">
+        <v>845</v>
+      </c>
+      <c r="B546" t="s">
+        <v>854</v>
+      </c>
+      <c r="C546" t="s">
+        <v>855</v>
+      </c>
+      <c r="M546" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="547" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A547" t="s">
+        <v>845</v>
+      </c>
+      <c r="B547" t="s">
+        <v>769</v>
+      </c>
+      <c r="C547" t="s">
+        <v>856</v>
+      </c>
+      <c r="M547" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="548" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A548" t="s">
+        <v>845</v>
+      </c>
+      <c r="B548" t="s">
+        <v>526</v>
+      </c>
+      <c r="C548" t="s">
+        <v>857</v>
+      </c>
+      <c r="M548" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="549" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A549" t="s">
+        <v>845</v>
+      </c>
+      <c r="B549" t="s">
+        <v>452</v>
+      </c>
+      <c r="C549" t="s">
+        <v>858</v>
+      </c>
+      <c r="M549" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="550" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A550" t="s">
+        <v>845</v>
+      </c>
+      <c r="B550" t="s">
+        <v>859</v>
+      </c>
+      <c r="C550" t="s">
+        <v>860</v>
+      </c>
+      <c r="E550" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="551" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A551" t="s">
+        <v>845</v>
+      </c>
+      <c r="B551" t="s">
+        <v>861</v>
+      </c>
+      <c r="C551" t="s">
+        <v>862</v>
+      </c>
+      <c r="D551" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="552" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A552" t="s">
+        <v>845</v>
+      </c>
+      <c r="B552" t="s">
+        <v>863</v>
+      </c>
+      <c r="C552" t="s">
+        <v>864</v>
+      </c>
+      <c r="M552" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="553" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A553" t="s">
+        <v>845</v>
+      </c>
+      <c r="B553" t="s">
+        <v>865</v>
+      </c>
+      <c r="C553" t="s">
+        <v>866</v>
+      </c>
+      <c r="M553" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="554" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A554" t="s">
+        <v>845</v>
+      </c>
+      <c r="B554" t="s">
+        <v>867</v>
+      </c>
+      <c r="C554" t="s">
+        <v>868</v>
+      </c>
+      <c r="M554" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="555" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A555" t="s">
+        <v>845</v>
+      </c>
+      <c r="B555" t="s">
+        <v>105</v>
+      </c>
+      <c r="C555" t="s">
+        <v>869</v>
+      </c>
+      <c r="M555" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N555" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="556" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A556" t="s">
+        <v>870</v>
+      </c>
+      <c r="B556" t="s">
+        <v>331</v>
+      </c>
+      <c r="C556" t="s">
+        <v>871</v>
+      </c>
+      <c r="F556" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="557" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A557" t="s">
+        <v>870</v>
+      </c>
+      <c r="B557" t="s">
+        <v>111</v>
+      </c>
+      <c r="C557" t="s">
+        <v>872</v>
+      </c>
+      <c r="K557" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="558" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A558" t="s">
+        <v>870</v>
+      </c>
+      <c r="B558" t="s">
+        <v>873</v>
+      </c>
+      <c r="C558" t="s">
+        <v>874</v>
+      </c>
+      <c r="M558" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="559" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A559" t="s">
+        <v>870</v>
+      </c>
+      <c r="B559" t="s">
+        <v>239</v>
+      </c>
+      <c r="C559" t="s">
+        <v>875</v>
+      </c>
+      <c r="M559" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="560" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A560" t="s">
+        <v>870</v>
+      </c>
+      <c r="B560" t="s">
+        <v>540</v>
+      </c>
+      <c r="C560" t="s">
+        <v>876</v>
+      </c>
+      <c r="M560" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A561" t="s">
+        <v>870</v>
+      </c>
+      <c r="B561" t="s">
+        <v>877</v>
+      </c>
+      <c r="C561" t="s">
+        <v>878</v>
+      </c>
+      <c r="N561" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="562" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A562" t="s">
+        <v>879</v>
+      </c>
+      <c r="B562" t="s">
+        <v>62</v>
+      </c>
+      <c r="C562" t="s">
+        <v>880</v>
+      </c>
+      <c r="K562" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A563" t="s">
+        <v>879</v>
+      </c>
+      <c r="B563" t="s">
+        <v>382</v>
+      </c>
+      <c r="C563" t="s">
+        <v>881</v>
+      </c>
+      <c r="F563" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A564" t="s">
+        <v>879</v>
+      </c>
+      <c r="B564" t="s">
+        <v>426</v>
+      </c>
+      <c r="C564" t="s">
+        <v>882</v>
+      </c>
+      <c r="E564" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="565" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A565" t="s">
+        <v>879</v>
+      </c>
+      <c r="B565" t="s">
+        <v>765</v>
+      </c>
+      <c r="C565" t="s">
+        <v>883</v>
+      </c>
+      <c r="E565" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="566" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A566" t="s">
+        <v>879</v>
+      </c>
+      <c r="B566" t="s">
+        <v>610</v>
+      </c>
+      <c r="C566" t="s">
+        <v>884</v>
+      </c>
+      <c r="J566" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="567" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A567" t="s">
+        <v>879</v>
+      </c>
+      <c r="B567" t="s">
+        <v>215</v>
+      </c>
+      <c r="C567" t="s">
+        <v>885</v>
+      </c>
+      <c r="M567" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N567" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="568" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A568" t="s">
+        <v>879</v>
+      </c>
+      <c r="B568" t="s">
+        <v>101</v>
+      </c>
+      <c r="C568" t="s">
+        <v>886</v>
+      </c>
+      <c r="M568" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N568" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P568" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="569" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A569" t="s">
+        <v>887</v>
+      </c>
+      <c r="B569" t="s">
+        <v>111</v>
+      </c>
+      <c r="C569" t="s">
+        <v>888</v>
+      </c>
+      <c r="H569" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A570" t="s">
+        <v>887</v>
+      </c>
+      <c r="B570" t="s">
+        <v>29</v>
+      </c>
+      <c r="C570" t="s">
+        <v>889</v>
+      </c>
+      <c r="I570" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="571" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A571" t="s">
+        <v>887</v>
+      </c>
+      <c r="B571" t="s">
+        <v>890</v>
+      </c>
+      <c r="C571" t="s">
+        <v>891</v>
+      </c>
+      <c r="M571" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N571" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="572" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A572" t="s">
+        <v>892</v>
+      </c>
+      <c r="B572" t="s">
+        <v>94</v>
+      </c>
+      <c r="C572" t="s">
+        <v>893</v>
+      </c>
+      <c r="N572" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A573" t="s">
+        <v>894</v>
+      </c>
+      <c r="B573" t="s">
+        <v>62</v>
+      </c>
+      <c r="C573" t="s">
+        <v>895</v>
+      </c>
+      <c r="K573" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P573" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A574" t="s">
+        <v>894</v>
+      </c>
+      <c r="B574" t="s">
+        <v>21</v>
+      </c>
+      <c r="C574" t="s">
+        <v>896</v>
+      </c>
+      <c r="P574" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="575" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A575" t="s">
+        <v>894</v>
+      </c>
+      <c r="B575" t="s">
+        <v>23</v>
+      </c>
+      <c r="C575" t="s">
+        <v>897</v>
+      </c>
+      <c r="L575" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P575" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A576" t="s">
+        <v>894</v>
+      </c>
+      <c r="B576" t="s">
+        <v>206</v>
+      </c>
+      <c r="C576" t="s">
+        <v>898</v>
+      </c>
+      <c r="F576" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A577" t="s">
+        <v>894</v>
+      </c>
+      <c r="B577" t="s">
+        <v>337</v>
+      </c>
+      <c r="C577" t="s">
+        <v>899</v>
+      </c>
+      <c r="J577" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A578" t="s">
+        <v>894</v>
+      </c>
+      <c r="B578" t="s">
+        <v>167</v>
+      </c>
+      <c r="C578" t="s">
+        <v>900</v>
+      </c>
+      <c r="F578" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="579" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A579" t="s">
+        <v>894</v>
+      </c>
+      <c r="B579" t="s">
+        <v>601</v>
+      </c>
+      <c r="C579" t="s">
+        <v>901</v>
+      </c>
+      <c r="H579" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A580" t="s">
+        <v>894</v>
+      </c>
+      <c r="B580" t="s">
+        <v>426</v>
+      </c>
+      <c r="C580" t="s">
+        <v>902</v>
+      </c>
+      <c r="E580" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A581" t="s">
+        <v>894</v>
+      </c>
+      <c r="B581" t="s">
+        <v>428</v>
+      </c>
+      <c r="C581" t="s">
+        <v>903</v>
+      </c>
+      <c r="I581" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A582" t="s">
+        <v>894</v>
+      </c>
+      <c r="B582" t="s">
+        <v>904</v>
+      </c>
+      <c r="C582" t="s">
+        <v>905</v>
+      </c>
+      <c r="E582" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="583" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A583" t="s">
+        <v>894</v>
+      </c>
+      <c r="B583" t="s">
+        <v>906</v>
+      </c>
+      <c r="C583" t="s">
+        <v>907</v>
+      </c>
+      <c r="G583" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A584" t="s">
+        <v>894</v>
+      </c>
+      <c r="B584" t="s">
+        <v>794</v>
+      </c>
+      <c r="C584" t="s">
+        <v>908</v>
+      </c>
+      <c r="F584" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A585" t="s">
+        <v>894</v>
+      </c>
+      <c r="B585" t="s">
+        <v>909</v>
+      </c>
+      <c r="C585" t="s">
+        <v>910</v>
+      </c>
+      <c r="P585" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="586" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A586" t="s">
+        <v>894</v>
+      </c>
+      <c r="B586" t="s">
+        <v>149</v>
+      </c>
+      <c r="C586" t="s">
+        <v>911</v>
+      </c>
+      <c r="P586" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A587" t="s">
+        <v>894</v>
+      </c>
+      <c r="B587" t="s">
+        <v>198</v>
+      </c>
+      <c r="C587" t="s">
+        <v>912</v>
+      </c>
+      <c r="M587" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A588" t="s">
+        <v>894</v>
+      </c>
+      <c r="B588" t="s">
+        <v>309</v>
+      </c>
+      <c r="C588" t="s">
+        <v>913</v>
+      </c>
+      <c r="M588" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N588" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="589" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A589" t="s">
+        <v>894</v>
+      </c>
+      <c r="B589" t="s">
+        <v>215</v>
+      </c>
+      <c r="C589" t="s">
+        <v>914</v>
+      </c>
+      <c r="M589" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N589" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="590" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A590" t="s">
+        <v>894</v>
+      </c>
+      <c r="B590" t="s">
+        <v>98</v>
+      </c>
+      <c r="C590" t="s">
+        <v>915</v>
+      </c>
+      <c r="M590" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N590" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P590" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A591" t="s">
+        <v>894</v>
+      </c>
+      <c r="B591" t="s">
+        <v>59</v>
+      </c>
+      <c r="C591" t="s">
+        <v>916</v>
+      </c>
+      <c r="M591" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="592" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A592" t="s">
+        <v>894</v>
+      </c>
+      <c r="B592" t="s">
+        <v>253</v>
+      </c>
+      <c r="C592" t="s">
+        <v>917</v>
+      </c>
+      <c r="P592" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A593" t="s">
+        <v>894</v>
+      </c>
+      <c r="B593" t="s">
+        <v>105</v>
+      </c>
+      <c r="C593" t="s">
+        <v>918</v>
+      </c>
+      <c r="P593" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A594" t="s">
+        <v>919</v>
+      </c>
+      <c r="B594" t="s">
+        <v>62</v>
+      </c>
+      <c r="C594" t="s">
+        <v>920</v>
+      </c>
+      <c r="K594" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="595" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A595" t="s">
+        <v>919</v>
+      </c>
+      <c r="B595" t="s">
+        <v>270</v>
+      </c>
+      <c r="C595" t="s">
+        <v>921</v>
+      </c>
+      <c r="K595" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="L595" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A596" t="s">
+        <v>919</v>
+      </c>
+      <c r="B596" t="s">
+        <v>494</v>
+      </c>
+      <c r="C596" t="s">
+        <v>495</v>
+      </c>
+      <c r="K596" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A597" t="s">
+        <v>919</v>
+      </c>
+      <c r="B597" t="s">
+        <v>128</v>
+      </c>
+      <c r="C597" t="s">
+        <v>129</v>
+      </c>
+      <c r="K597" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="598" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A598" t="s">
+        <v>919</v>
+      </c>
+      <c r="B598" t="s">
+        <v>765</v>
+      </c>
+      <c r="C598" t="s">
+        <v>922</v>
+      </c>
+      <c r="F598" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A599" t="s">
+        <v>919</v>
+      </c>
+      <c r="B599" t="s">
+        <v>179</v>
+      </c>
+      <c r="C599" t="s">
+        <v>923</v>
+      </c>
+      <c r="P599" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A600" t="s">
+        <v>919</v>
+      </c>
+      <c r="B600" t="s">
+        <v>924</v>
+      </c>
+      <c r="C600" t="s">
+        <v>925</v>
+      </c>
+      <c r="P600" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="601" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A601" t="s">
+        <v>919</v>
+      </c>
+      <c r="B601" t="s">
+        <v>94</v>
+      </c>
+      <c r="C601" t="s">
+        <v>926</v>
+      </c>
+      <c r="M601" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N601" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A602" t="s">
+        <v>919</v>
+      </c>
+      <c r="B602" t="s">
+        <v>96</v>
+      </c>
+      <c r="C602" t="s">
+        <v>927</v>
+      </c>
+      <c r="M602" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N602" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A603" t="s">
+        <v>928</v>
+      </c>
+      <c r="B603" t="s">
+        <v>21</v>
+      </c>
+      <c r="C603" t="s">
+        <v>929</v>
+      </c>
+      <c r="E603" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="604" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A604" t="s">
+        <v>928</v>
+      </c>
+      <c r="B604" t="s">
+        <v>233</v>
+      </c>
+      <c r="C604" t="s">
+        <v>930</v>
+      </c>
+      <c r="E604" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="605" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A605" t="s">
+        <v>928</v>
+      </c>
+      <c r="B605" t="s">
+        <v>601</v>
+      </c>
+      <c r="C605" t="s">
+        <v>931</v>
+      </c>
+      <c r="I605" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="606" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A606" t="s">
+        <v>928</v>
+      </c>
+      <c r="B606" t="s">
+        <v>171</v>
+      </c>
+      <c r="C606" t="s">
+        <v>932</v>
+      </c>
+      <c r="E606" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="607" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A607" t="s">
+        <v>928</v>
+      </c>
+      <c r="B607" t="s">
+        <v>800</v>
+      </c>
+      <c r="C607" t="s">
+        <v>933</v>
+      </c>
+      <c r="M607" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="608" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A608" t="s">
+        <v>928</v>
+      </c>
+      <c r="B608" t="s">
+        <v>321</v>
+      </c>
+      <c r="C608" t="s">
+        <v>934</v>
+      </c>
+      <c r="J608" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="609" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A609" t="s">
+        <v>928</v>
+      </c>
+      <c r="B609" t="s">
+        <v>622</v>
+      </c>
+      <c r="C609" t="s">
+        <v>935</v>
+      </c>
+      <c r="M609" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="610" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A610" t="s">
+        <v>928</v>
+      </c>
+      <c r="B610" t="s">
+        <v>105</v>
+      </c>
+      <c r="C610" t="s">
+        <v>377</v>
+      </c>
+      <c r="N610" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="611" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A611" t="s">
+        <v>936</v>
+      </c>
+      <c r="B611" t="s">
+        <v>21</v>
+      </c>
+      <c r="C611" t="s">
+        <v>937</v>
+      </c>
+      <c r="I611" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="612" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A612" t="s">
+        <v>936</v>
+      </c>
+      <c r="B612" t="s">
+        <v>23</v>
+      </c>
+      <c r="C612" t="s">
+        <v>938</v>
+      </c>
+      <c r="I612" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="613" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
+        <v>936</v>
+      </c>
+      <c r="B613" t="s">
+        <v>122</v>
+      </c>
+      <c r="C613" t="s">
+        <v>939</v>
+      </c>
+      <c r="I613" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="614" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A614" t="s">
+        <v>936</v>
+      </c>
+      <c r="B614" t="s">
+        <v>111</v>
+      </c>
+      <c r="C614" t="s">
+        <v>940</v>
+      </c>
+      <c r="I614" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="615" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A615" t="s">
+        <v>936</v>
+      </c>
+      <c r="B615" t="s">
+        <v>554</v>
+      </c>
+      <c r="C615" t="s">
+        <v>941</v>
+      </c>
+      <c r="I615" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="616" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A616" t="s">
+        <v>936</v>
+      </c>
+      <c r="B616" t="s">
+        <v>556</v>
+      </c>
+      <c r="C616" t="s">
+        <v>942</v>
+      </c>
+      <c r="I616" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="617" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A617" t="s">
+        <v>936</v>
+      </c>
+      <c r="B617" t="s">
+        <v>526</v>
+      </c>
+      <c r="C617" t="s">
+        <v>943</v>
+      </c>
+      <c r="M617" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="618" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A618" t="s">
+        <v>936</v>
+      </c>
+      <c r="B618" t="s">
+        <v>528</v>
+      </c>
+      <c r="C618" t="s">
+        <v>944</v>
+      </c>
+      <c r="M618" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="619" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A619" t="s">
+        <v>936</v>
+      </c>
+      <c r="B619" t="s">
+        <v>454</v>
+      </c>
+      <c r="C619" t="s">
+        <v>945</v>
+      </c>
+      <c r="M619" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="620" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A620" t="s">
+        <v>936</v>
+      </c>
+      <c r="B620" t="s">
+        <v>946</v>
+      </c>
+      <c r="C620" t="s">
+        <v>947</v>
+      </c>
+      <c r="M620" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="621" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A621" t="s">
+        <v>936</v>
+      </c>
+      <c r="B621" t="s">
+        <v>904</v>
+      </c>
+      <c r="C621" t="s">
+        <v>948</v>
+      </c>
+      <c r="M621" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="622" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A622" t="s">
+        <v>936</v>
+      </c>
+      <c r="B622" t="s">
+        <v>103</v>
+      </c>
+      <c r="C622" t="s">
+        <v>949</v>
+      </c>
+      <c r="N622" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="623" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A623" t="s">
+        <v>950</v>
+      </c>
+      <c r="B623" t="s">
+        <v>45</v>
+      </c>
+      <c r="C623" t="s">
+        <v>951</v>
+      </c>
+      <c r="M623" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="624" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A624" t="s">
+        <v>952</v>
+      </c>
+      <c r="B624" t="s">
+        <v>248</v>
+      </c>
+      <c r="C624" t="s">
+        <v>953</v>
+      </c>
+      <c r="J624" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="625" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A625" t="s">
+        <v>952</v>
+      </c>
+      <c r="B625" t="s">
+        <v>194</v>
+      </c>
+      <c r="C625" t="s">
+        <v>314</v>
+      </c>
+      <c r="M625" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N625" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="626" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A626" t="s">
+        <v>954</v>
+      </c>
+      <c r="B626" t="s">
+        <v>743</v>
+      </c>
+      <c r="C626" t="s">
+        <v>955</v>
+      </c>
+      <c r="J626" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="627" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A627" t="s">
+        <v>954</v>
+      </c>
+      <c r="B627" t="s">
+        <v>37</v>
+      </c>
+      <c r="C627" t="s">
+        <v>956</v>
+      </c>
+      <c r="J627" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="628" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A628" t="s">
+        <v>957</v>
+      </c>
+      <c r="B628" t="s">
         <v>33</v>
       </c>
-      <c r="H5" s="24" t="s">
-[...91 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="C628" t="s">
+        <v>958</v>
+      </c>
+      <c r="H628" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M628" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="629" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A629" t="s">
+        <v>957</v>
+      </c>
+      <c r="B629" t="s">
+        <v>90</v>
+      </c>
+      <c r="C629" t="s">
+        <v>959</v>
+      </c>
+      <c r="E629" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M629" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="630" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A630" t="s">
+        <v>957</v>
+      </c>
+      <c r="B630" t="s">
+        <v>375</v>
+      </c>
+      <c r="C630" t="s">
+        <v>960</v>
+      </c>
+      <c r="M630" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="631" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A631" t="s">
+        <v>957</v>
+      </c>
+      <c r="B631" t="s">
+        <v>309</v>
+      </c>
+      <c r="C631" t="s">
+        <v>961</v>
+      </c>
+      <c r="N631" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="632" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A632" t="s">
+        <v>962</v>
+      </c>
+      <c r="B632" t="s">
+        <v>601</v>
+      </c>
+      <c r="C632" t="s">
+        <v>963</v>
+      </c>
+      <c r="E632" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="633" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A633" t="s">
+        <v>962</v>
+      </c>
+      <c r="B633" t="s">
+        <v>765</v>
+      </c>
+      <c r="C633" t="s">
+        <v>964</v>
+      </c>
+      <c r="I633" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="634" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A634" t="s">
+        <v>962</v>
+      </c>
+      <c r="B634" t="s">
+        <v>473</v>
+      </c>
+      <c r="C634" t="s">
+        <v>965</v>
+      </c>
+      <c r="M634" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="635" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A635" t="s">
+        <v>962</v>
+      </c>
+      <c r="B635" t="s">
+        <v>103</v>
+      </c>
+      <c r="C635" t="s">
+        <v>966</v>
+      </c>
+      <c r="N635" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="636" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A636" t="s">
+        <v>967</v>
+      </c>
+      <c r="B636" t="s">
+        <v>64</v>
+      </c>
+      <c r="C636" t="s">
+        <v>968</v>
+      </c>
+      <c r="D636" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="637" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A637" t="s">
+        <v>967</v>
+      </c>
+      <c r="B637" t="s">
+        <v>351</v>
+      </c>
+      <c r="C637" t="s">
+        <v>969</v>
+      </c>
+      <c r="D637" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="638" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A638" t="s">
+        <v>967</v>
+      </c>
+      <c r="B638" t="s">
+        <v>159</v>
+      </c>
+      <c r="C638" t="s">
+        <v>970</v>
+      </c>
+      <c r="D638" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="639" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A639" t="s">
+        <v>967</v>
+      </c>
+      <c r="B639" t="s">
+        <v>165</v>
+      </c>
+      <c r="C639" t="s">
+        <v>971</v>
+      </c>
+      <c r="D639" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="640" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A640" t="s">
+        <v>967</v>
+      </c>
+      <c r="B640" t="s">
+        <v>380</v>
+      </c>
+      <c r="C640" t="s">
+        <v>972</v>
+      </c>
+      <c r="D640" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="641" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A641" t="s">
+        <v>967</v>
+      </c>
+      <c r="B641" t="s">
+        <v>873</v>
+      </c>
+      <c r="C641" t="s">
+        <v>973</v>
+      </c>
+      <c r="M641" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="642" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A642" t="s">
+        <v>967</v>
+      </c>
+      <c r="B642" t="s">
+        <v>184</v>
+      </c>
+      <c r="C642" t="s">
+        <v>974</v>
+      </c>
+      <c r="N642" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="643" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A643" t="s">
+        <v>967</v>
+      </c>
+      <c r="B643" t="s">
+        <v>186</v>
+      </c>
+      <c r="C643" t="s">
+        <v>975</v>
+      </c>
+      <c r="N643" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="644" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A644" t="s">
+        <v>967</v>
+      </c>
+      <c r="B644" t="s">
+        <v>94</v>
+      </c>
+      <c r="C644" t="s">
+        <v>976</v>
+      </c>
+      <c r="M644" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="645" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A645" t="s">
+        <v>977</v>
+      </c>
+      <c r="B645" t="s">
+        <v>105</v>
+      </c>
+      <c r="C645" t="s">
+        <v>377</v>
+      </c>
+      <c r="N645" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="646" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A646" t="s">
+        <v>978</v>
+      </c>
+      <c r="B646" t="s">
+        <v>21</v>
+      </c>
+      <c r="C646" t="s">
+        <v>979</v>
+      </c>
+      <c r="I646" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="647" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A647" t="s">
+        <v>978</v>
+      </c>
+      <c r="B647" t="s">
+        <v>109</v>
+      </c>
+      <c r="C647" t="s">
+        <v>980</v>
+      </c>
+      <c r="I647" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="648" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A648" t="s">
+        <v>978</v>
+      </c>
+      <c r="B648" t="s">
+        <v>273</v>
+      </c>
+      <c r="C648" t="s">
+        <v>981</v>
+      </c>
+      <c r="I648" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="649" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A649" t="s">
+        <v>978</v>
+      </c>
+      <c r="B649" t="s">
+        <v>494</v>
+      </c>
+      <c r="C649" t="s">
+        <v>982</v>
+      </c>
+      <c r="I649" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="650" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A650" t="s">
+        <v>978</v>
+      </c>
+      <c r="B650" t="s">
+        <v>122</v>
+      </c>
+      <c r="C650" t="s">
+        <v>983</v>
+      </c>
+      <c r="I650" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="651" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A651" t="s">
+        <v>978</v>
+      </c>
+      <c r="B651" t="s">
+        <v>111</v>
+      </c>
+      <c r="C651" t="s">
+        <v>984</v>
+      </c>
+      <c r="I651" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="652" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A652" t="s">
+        <v>978</v>
+      </c>
+      <c r="B652" t="s">
+        <v>276</v>
+      </c>
+      <c r="C652" t="s">
+        <v>985</v>
+      </c>
+      <c r="I652" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="653" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A653" t="s">
+        <v>978</v>
+      </c>
+      <c r="B653" t="s">
+        <v>670</v>
+      </c>
+      <c r="C653" t="s">
+        <v>986</v>
+      </c>
+      <c r="I653" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="654" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A654" t="s">
+        <v>978</v>
+      </c>
+      <c r="B654" t="s">
+        <v>987</v>
+      </c>
+      <c r="C654" t="s">
+        <v>988</v>
+      </c>
+      <c r="I654" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="655" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A655" t="s">
+        <v>978</v>
+      </c>
+      <c r="B655" t="s">
+        <v>989</v>
+      </c>
+      <c r="C655" t="s">
+        <v>990</v>
+      </c>
+      <c r="I655" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="656" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A656" t="s">
+        <v>978</v>
+      </c>
+      <c r="B656" t="s">
+        <v>388</v>
+      </c>
+      <c r="C656" t="s">
+        <v>991</v>
+      </c>
+      <c r="I656" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="657" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A657" t="s">
+        <v>978</v>
+      </c>
+      <c r="B657" t="s">
+        <v>992</v>
+      </c>
+      <c r="C657" t="s">
+        <v>993</v>
+      </c>
+      <c r="I657" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="658" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A658" t="s">
+        <v>978</v>
+      </c>
+      <c r="B658" t="s">
+        <v>360</v>
+      </c>
+      <c r="C658" t="s">
+        <v>994</v>
+      </c>
+      <c r="I658" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="659" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A659" t="s">
+        <v>978</v>
+      </c>
+      <c r="B659" t="s">
+        <v>27</v>
+      </c>
+      <c r="C659" t="s">
+        <v>995</v>
+      </c>
+      <c r="I659" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="660" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A660" t="s">
+        <v>978</v>
+      </c>
+      <c r="B660" t="s">
+        <v>800</v>
+      </c>
+      <c r="C660" t="s">
+        <v>996</v>
+      </c>
+      <c r="I660" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="661" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A661" t="s">
+        <v>997</v>
+      </c>
+      <c r="B661" t="s">
+        <v>21</v>
+      </c>
+      <c r="C661" t="s">
+        <v>998</v>
+      </c>
+      <c r="E661" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="662" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A662" t="s">
+        <v>997</v>
+      </c>
+      <c r="B662" t="s">
+        <v>270</v>
+      </c>
+      <c r="C662" t="s">
+        <v>999</v>
+      </c>
+      <c r="H662" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="663" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A663" t="s">
+        <v>997</v>
+      </c>
+      <c r="B663" t="s">
+        <v>554</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H663" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="664" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A664" t="s">
+        <v>997</v>
+      </c>
+      <c r="B664" t="s">
+        <v>337</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1001</v>
+      </c>
+      <c r="J664" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="665" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A665" t="s">
+        <v>997</v>
+      </c>
+      <c r="B665" t="s">
+        <v>424</v>
+      </c>
+      <c r="C665" t="s">
+        <v>447</v>
+      </c>
+      <c r="D665" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="666" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A666" t="s">
+        <v>997</v>
+      </c>
+      <c r="B666" t="s">
+        <v>765</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F666" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="667" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A667" t="s">
+        <v>997</v>
+      </c>
+      <c r="B667" t="s">
         <v>45</v>
       </c>
-      <c r="C9" s="8" t="s">
-[...40 lines deleted...]
-      <c r="T10" s="10" t="s">
+      <c r="C667" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D667" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="668" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A668" t="s">
+        <v>997</v>
+      </c>
+      <c r="B668" t="s">
         <v>51</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C11" s="8" t="s">
+      <c r="C668" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D668" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="669" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A669" t="s">
+        <v>997</v>
+      </c>
+      <c r="B669" t="s">
         <v>53</v>
       </c>
-      <c r="F11" s="24" t="s">
-[...382 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="C669" t="s">
+        <v>766</v>
+      </c>
+      <c r="I669" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="670" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A670" t="s">
+        <v>997</v>
+      </c>
+      <c r="B670" t="s">
+        <v>444</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G670" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="671" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A671" t="s">
+        <v>997</v>
+      </c>
+      <c r="B671" t="s">
+        <v>182</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M671" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="672" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A672" t="s">
+        <v>997</v>
+      </c>
+      <c r="B672" t="s">
         <v>105</v>
       </c>
-      <c r="C27" s="8" t="s">
-[...476 lines deleted...]
-      <c r="T45" s="10" t="s">
+      <c r="C672" t="s">
+        <v>13</v>
+      </c>
+      <c r="N672" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="673" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A673" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B673" t="s">
         <v>165</v>
       </c>
-    </row>
-[...240 lines deleted...]
-      <c r="A56" s="8" t="s">
+      <c r="C673" t="s">
+        <v>1008</v>
+      </c>
+      <c r="K673" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P673" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="674" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A674" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B674" t="s">
+        <v>233</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1009</v>
+      </c>
+      <c r="L674" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="M674" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P674" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="675" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A675" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B675" t="s">
+        <v>601</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J675" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="676" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A676" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B676" t="s">
+        <v>765</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F676" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="677" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A677" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B677" t="s">
         <v>194</v>
       </c>
-      <c r="B56" s="8" t="s">
-[...4788 lines deleted...]
-      <c r="T241" s="10" t="s">
+      <c r="C677" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P677" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="678" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A678" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B678" t="s">
         <v>794</v>
       </c>
-    </row>
-[...999 lines deleted...]
-      <c r="Q279" s="8" t="s">
+      <c r="C678" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M678" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="P678" s="17" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="679" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A679" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B679" t="s">
         <v>909</v>
       </c>
-      <c r="R279" s="9">
-[...948 lines deleted...]
-      <c r="Q317" s="8" t="s">
+      <c r="C679" t="s">
         <v>1014</v>
       </c>
-      <c r="R317" s="9">
-[...9626 lines deleted...]
-        <v>2030</v>
+      <c r="M679" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="N679" s="17" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:T699" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>